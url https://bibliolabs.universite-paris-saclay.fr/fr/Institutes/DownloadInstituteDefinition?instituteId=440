--- v0 (2025-11-04)
+++ v1 (2026-01-15)
@@ -1530,2751 +1530,2751 @@
   <si>
     <t>UNIVERSITE D'EVRY-VAL D'ESSONNE, Bâtiment Maupertuis, rue du père Jarlan</t>
   </si>
   <si>
     <t>Evry cedex</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>Signalisation, radiobiologie et cancer</t>
   </si>
   <si>
     <t>SRC</t>
   </si>
   <si>
     <t>UMR 3347</t>
   </si>
   <si>
     <t>201019050T</t>
   </si>
   <si>
     <t>Université Paris-Sud 11, Institut Curie, Bâtiment 110</t>
   </si>
   <si>
+    <t>2113</t>
+  </si>
+  <si>
+    <t>Réseaux, innovation, territoires et mondialisation</t>
+  </si>
+  <si>
+    <t>RITM</t>
+  </si>
+  <si>
+    <t>201521284Z</t>
+  </si>
+  <si>
+    <t>54 boulevard Desgranges</t>
+  </si>
+  <si>
+    <t>2138</t>
+  </si>
+  <si>
+    <t>Matériaux et santé</t>
+  </si>
+  <si>
+    <t>MS</t>
+  </si>
+  <si>
+    <t>199213094X</t>
+  </si>
+  <si>
+    <t>1959</t>
+  </si>
+  <si>
+    <t>Mathématiques et Informatique pour la Complexité et les Systèmes</t>
+  </si>
+  <si>
+    <t>MICS</t>
+  </si>
+  <si>
+    <t>EA 4037</t>
+  </si>
+  <si>
+    <t>200615286U</t>
+  </si>
+  <si>
+    <t>1993</t>
+  </si>
+  <si>
+    <t>Laboratoire Universitaire de Recherche en Production Automatisée</t>
+  </si>
+  <si>
+    <t>LURPA</t>
+  </si>
+  <si>
+    <t>199213433R</t>
+  </si>
+  <si>
+    <t>1890</t>
+  </si>
+  <si>
+    <t>Laboratoire Génie Industriel</t>
+  </si>
+  <si>
+    <t>LGI</t>
+  </si>
+  <si>
+    <t>EA 2606</t>
+  </si>
+  <si>
+    <t>199814131Y</t>
+  </si>
+  <si>
+    <t>2052</t>
+  </si>
+  <si>
+    <t>Laboratoire Européen de Recherche pour la Polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>GENHOTEL</t>
+  </si>
+  <si>
+    <t>EA 4523</t>
+  </si>
+  <si>
+    <t>201019060D</t>
+  </si>
+  <si>
+    <t>GenHotel, 2 rue Gaston Crémieux, CP 5727</t>
+  </si>
+  <si>
+    <t>2046</t>
+  </si>
+  <si>
+    <t>Laboratoire en Innovation, Technologies, Economie et Management</t>
+  </si>
+  <si>
+    <t>LITEM</t>
+  </si>
+  <si>
+    <t>EA 7363</t>
+  </si>
+  <si>
+    <t>201422156B</t>
+  </si>
+  <si>
+    <t>Université d'Evry Val d'Essonne, rue du Facteur Cheval</t>
+  </si>
+  <si>
+    <t>IMT-BS</t>
+  </si>
+  <si>
+    <t>1954</t>
+  </si>
+  <si>
+    <t>Laboratoire des Signaux et Systèmes</t>
+  </si>
+  <si>
+    <t>L2S</t>
+  </si>
+  <si>
+    <t>UMR 8506</t>
+  </si>
+  <si>
+    <t>199812842X</t>
+  </si>
+  <si>
+    <t>2131</t>
+  </si>
+  <si>
+    <t>Laboratoire de physique théorique et modèles statistiques</t>
+  </si>
+  <si>
+    <t>LPTMS</t>
+  </si>
+  <si>
+    <t>UMR 8626</t>
+  </si>
+  <si>
+    <t>199812951R</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, Bâtiment 100, 15 rue Georges Clémenceau</t>
+  </si>
+  <si>
+    <t>1994</t>
+  </si>
+  <si>
+    <t>Laboratoire de Physique des Plasmas</t>
+  </si>
+  <si>
+    <t>LPP</t>
+  </si>
+  <si>
+    <t>UMR 7648</t>
+  </si>
+  <si>
+    <t>201019049S</t>
+  </si>
+  <si>
+    <t>Aile 1, Route de Saclay</t>
+  </si>
+  <si>
+    <t>91128</t>
+  </si>
+  <si>
+    <t>Ecole polytechnique</t>
+  </si>
+  <si>
+    <t>Observatoire de Paris</t>
+  </si>
+  <si>
+    <t>2141</t>
+  </si>
+  <si>
+    <t>Laboratoire de physique des gaz et des plasmas</t>
+  </si>
+  <si>
+    <t>LPGP</t>
+  </si>
+  <si>
+    <t>UMR 8578</t>
+  </si>
+  <si>
+    <t>199812906S</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, Bâtiment 210</t>
+  </si>
+  <si>
+    <t>2045</t>
+  </si>
+  <si>
+    <t>Laboratoire de Mécanique et d'Energétique d'Evry</t>
+  </si>
+  <si>
+    <t>LMEE</t>
+  </si>
+  <si>
+    <t>EA 3332</t>
+  </si>
+  <si>
+    <t>200014629F</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'EVRY VAL D'ESSONNE, 40 rue du Pelvoux,CE 1455 COURCOURONNES</t>
+  </si>
+  <si>
+    <t>91020</t>
+  </si>
+  <si>
+    <t>2132</t>
+  </si>
+  <si>
+    <t>Laboratoire de mathématiques d'Orsay</t>
+  </si>
+  <si>
+    <t>LMO</t>
+  </si>
+  <si>
+    <t>UMR 8628</t>
+  </si>
+  <si>
+    <t>199812953T</t>
+  </si>
+  <si>
+    <t>2005</t>
+  </si>
+  <si>
+    <t>Laboratoire de Génie Electrique et Electronique de Paris</t>
+  </si>
+  <si>
+    <t>GeePS</t>
+  </si>
+  <si>
+    <t>UMR 8507</t>
+  </si>
+  <si>
+    <t>199812843Y</t>
+  </si>
+  <si>
+    <t>CentraleSupélec, Plateau de Moulon, 11 rue Joliot Curie</t>
+  </si>
+  <si>
+    <t>91192</t>
+  </si>
+  <si>
+    <t>1896</t>
+  </si>
+  <si>
+    <t>Laboratoire de Génie des Procédés et Matériaux</t>
+  </si>
+  <si>
+    <t>LGPM</t>
+  </si>
+  <si>
+    <t>EA 4038</t>
+  </si>
+  <si>
+    <t>200615287V</t>
+  </si>
+  <si>
+    <t>1899</t>
+  </si>
+  <si>
+    <t>Laboratoire d'énergétique moléculaire et macroscopique, combustion</t>
+  </si>
+  <si>
+    <t>EM2C</t>
+  </si>
+  <si>
+    <t>UPR 288</t>
+  </si>
+  <si>
+    <t>196317031C</t>
+  </si>
+  <si>
+    <t>1983</t>
+  </si>
+  <si>
+    <t>Laboratoire Charles Fabry</t>
+  </si>
+  <si>
+    <t>LCF</t>
+  </si>
+  <si>
+    <t>UMR 8501</t>
+  </si>
+  <si>
+    <t>199812837S</t>
+  </si>
+  <si>
+    <t>Institut d'Optique Graduate School, 2 avenue Augustin Fresnel</t>
+  </si>
+  <si>
+    <t>2084</t>
+  </si>
+  <si>
+    <t>Institut droit éthique patrimoine</t>
+  </si>
+  <si>
+    <t>IDEP</t>
+  </si>
+  <si>
+    <t>199213095Y</t>
+  </si>
+  <si>
+    <t>1990</t>
+  </si>
+  <si>
+    <t>Institut des Sciences Sociales du Politique</t>
+  </si>
+  <si>
+    <t>ISP</t>
+  </si>
+  <si>
+    <t>UMR 7220</t>
+  </si>
+  <si>
+    <t>200612818L</t>
+  </si>
+  <si>
+    <t>Univ Paris Nanterre</t>
+  </si>
+  <si>
+    <t>2106</t>
+  </si>
+  <si>
+    <t>Institut des Sciences Moléculaires d'Orsay</t>
+  </si>
+  <si>
+    <t>ISMO</t>
+  </si>
+  <si>
+    <t>UMR 8214</t>
+  </si>
+  <si>
+    <t>201019097U</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, Bâtiment 520</t>
+  </si>
+  <si>
+    <t>2048</t>
+  </si>
+  <si>
+    <t>Institut des Cellules souches pour le traitement et l'étude des maladies monogéniques</t>
+  </si>
+  <si>
+    <t>I-STEM</t>
+  </si>
+  <si>
+    <t>UMR S861</t>
+  </si>
+  <si>
+    <t>201019016F</t>
+  </si>
+  <si>
+    <t>5 rue Henri Desbruères, GENOPOLE CAMPUS 1</t>
+  </si>
+  <si>
+    <t>91100</t>
+  </si>
+  <si>
+    <t>Corbeil-Essonne</t>
+  </si>
+  <si>
+    <t>2143</t>
+  </si>
+  <si>
+    <t>Institut de Chimie Physique</t>
+  </si>
+  <si>
+    <t>ICP</t>
+  </si>
+  <si>
+    <t>UMR 8000</t>
+  </si>
+  <si>
+    <t>200011673T</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, Bâtiments 349/350, Avenue Georges Clémenceau</t>
+  </si>
+  <si>
+    <t>2002</t>
+  </si>
+  <si>
+    <t>Institut de chimie moléculaire et des matériaux d'Orsay</t>
+  </si>
+  <si>
+    <t>ICMMO</t>
+  </si>
+  <si>
+    <t>UMR 8182</t>
+  </si>
+  <si>
+    <t>200612829Y</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, Bâtiment 420</t>
+  </si>
+  <si>
+    <t>1952</t>
+  </si>
+  <si>
+    <t>Institut d'astrophysique spatiale</t>
+  </si>
+  <si>
+    <t>IAS</t>
+  </si>
+  <si>
+    <t>UMR 8617</t>
+  </si>
+  <si>
+    <t>199812942F</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, Bâtiment 121</t>
+  </si>
+  <si>
+    <t>1917</t>
+  </si>
+  <si>
+    <t>Immunologie intégrative des tumeurs et immunothérapie des cancers</t>
+  </si>
+  <si>
+    <t>INTIM</t>
+  </si>
+  <si>
+    <t>UMR 1186</t>
+  </si>
+  <si>
+    <t>200616424F</t>
+  </si>
+  <si>
+    <t>114 rue Edouard Vaillant</t>
+  </si>
+  <si>
+    <t>EPHE</t>
+  </si>
+  <si>
+    <t>1918</t>
+  </si>
+  <si>
+    <t>Immunologie anti-tumorale et immunothérapie des cancers</t>
+  </si>
+  <si>
+    <t>ITIC</t>
+  </si>
+  <si>
+    <t>U 1015</t>
+  </si>
+  <si>
+    <t>200616463Y</t>
+  </si>
+  <si>
+    <t>2067</t>
+  </si>
+  <si>
+    <t>Hémostase, inflammation, thrombose</t>
+  </si>
+  <si>
+    <t>HITh</t>
+  </si>
+  <si>
+    <t>UMR_S1176</t>
+  </si>
+  <si>
+    <t>201521293J</t>
+  </si>
+  <si>
+    <t>Hôpital de Bicêtre, Bâtiment Pincus, 80 rue du Général Leclerc</t>
+  </si>
+  <si>
+    <t>94276</t>
+  </si>
+  <si>
+    <t>Le Kremlin Bicêtre cedex</t>
+  </si>
+  <si>
+    <t>1921</t>
+  </si>
+  <si>
+    <t>Hypertension pulmonaire : physiopathologie et innovation thérapeutique</t>
+  </si>
+  <si>
+    <t>HPPIT</t>
+  </si>
+  <si>
+    <t>U 999</t>
+  </si>
+  <si>
+    <t>201521296M</t>
+  </si>
+  <si>
+    <t>Centre Chirurgical Marie Lannelongue, 133 avenue de la Résistance</t>
+  </si>
+  <si>
+    <t>92350</t>
+  </si>
+  <si>
+    <t>Le Plessis Robinson</t>
+  </si>
+  <si>
+    <t>1930</t>
+  </si>
+  <si>
+    <t>Fluides, Automatique et Systèmes Thermiques</t>
+  </si>
+  <si>
+    <t>FAST</t>
+  </si>
+  <si>
+    <t>UMR 7608</t>
+  </si>
+  <si>
+    <t>199712653W</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, Bâtiment 502</t>
+  </si>
+  <si>
+    <t>1958</t>
+  </si>
+  <si>
+    <t>Metagenopolis</t>
+  </si>
+  <si>
+    <t>MGP</t>
+  </si>
+  <si>
+    <t>US 1367</t>
+  </si>
+  <si>
+    <t>201221777Y</t>
+  </si>
+  <si>
+    <t>Domaine de Vilvert, Bât.325</t>
+  </si>
+  <si>
+    <t>1929</t>
+  </si>
+  <si>
+    <t>France Génomique - DRF/JACOB</t>
+  </si>
+  <si>
+    <t>FG</t>
+  </si>
+  <si>
+    <t>UMS 3628</t>
+  </si>
+  <si>
+    <t>201420834P</t>
+  </si>
+  <si>
+    <t>1975</t>
+  </si>
+  <si>
+    <t>Genoscope - DRF/JACOB</t>
+  </si>
+  <si>
+    <t>GEN</t>
+  </si>
+  <si>
+    <t>201722556Y</t>
+  </si>
+  <si>
+    <t>1955</t>
+  </si>
+  <si>
+    <t>Laboratoire Alexander Grothendieck</t>
+  </si>
+  <si>
+    <t>LAG</t>
+  </si>
+  <si>
+    <t>UMR 9009</t>
+  </si>
+  <si>
+    <t>201521667R</t>
+  </si>
+  <si>
+    <t>Le Bois-Marie 35 route de Chartres</t>
+  </si>
+  <si>
+    <t>91440</t>
+  </si>
+  <si>
+    <t>Bures-sur-Yvette</t>
+  </si>
+  <si>
+    <t>IHES</t>
+  </si>
+  <si>
+    <t>3255</t>
+  </si>
+  <si>
+    <t>Médicaments et Technologies pour la Santé</t>
+  </si>
+  <si>
+    <t>MTS</t>
+  </si>
+  <si>
+    <t>196317869N</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 136</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>Physiopathogenèse et traitement des maladies du foie</t>
+  </si>
+  <si>
+    <t>HEPAREG</t>
+  </si>
+  <si>
+    <t>UMR_S 1193</t>
+  </si>
+  <si>
+    <t>201521294K</t>
+  </si>
+  <si>
+    <t>14 avenue Paul Vaillant Couturier, Centre Hépatobiliaire</t>
+  </si>
+  <si>
+    <t>1905</t>
+  </si>
+  <si>
+    <t>Biologie de la Reproduction, Environnement, Epigénétique, et Développement</t>
+  </si>
+  <si>
+    <t>BREED</t>
+  </si>
+  <si>
+    <t>UMR 1198</t>
+  </si>
+  <si>
+    <t>199517821X</t>
+  </si>
+  <si>
+    <t>2039</t>
+  </si>
+  <si>
+    <t>Service de Physique de l'Etat Condensé - DRF/IRAMIS</t>
+  </si>
+  <si>
+    <t>SPEC</t>
+  </si>
+  <si>
+    <t>201521685K</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 772</t>
+  </si>
+  <si>
+    <t>1888</t>
+  </si>
+  <si>
+    <t>Centre de Recherche Versailles Saint Quentin Institutions Publiques</t>
+  </si>
+  <si>
+    <t>VIP</t>
+  </si>
+  <si>
+    <t>UR 3643</t>
+  </si>
+  <si>
+    <t>200214917K</t>
+  </si>
+  <si>
+    <t>U.F.R. de Droit et Science Politique, 3 rue de la Division Leclerc</t>
+  </si>
+  <si>
+    <t>3265</t>
+  </si>
+  <si>
+    <t>Service cellules souches et radiation</t>
+  </si>
+  <si>
+    <t>SCSR</t>
+  </si>
+  <si>
+    <t>202124064V</t>
+  </si>
+  <si>
+    <t>CEA, 18 route du Panorama - BP6</t>
+  </si>
+  <si>
+    <t>1968</t>
+  </si>
+  <si>
+    <t>Service instabilité génétique, réparation, recombinaison - DRF/JACOB/IRCM</t>
+  </si>
+  <si>
+    <t>SIGRR</t>
+  </si>
+  <si>
+    <t>202124061S</t>
+  </si>
+  <si>
+    <t>CEA Fontenay-aux-Roses, 18 route du panorama, Bâtiment 05</t>
+  </si>
+  <si>
+    <t>1970</t>
+  </si>
+  <si>
+    <t>Service de radiobiologie expérimentale et Innovation technologiques - DRF/JACOB/IRCM</t>
+  </si>
+  <si>
+    <t>SREIT</t>
+  </si>
+  <si>
+    <t>202124062T</t>
+  </si>
+  <si>
+    <t>CEA Saclay</t>
+  </si>
+  <si>
+    <t>1972</t>
+  </si>
+  <si>
+    <t>Service de thermo-hydraulique et de mécanique des fluides - DES/ISAS/DM2S</t>
+  </si>
+  <si>
+    <t>STMF</t>
+  </si>
+  <si>
+    <t>202124050E</t>
+  </si>
+  <si>
+    <t>2122</t>
+  </si>
+  <si>
+    <t>Laboratoire National Henri Becquerel - DRT</t>
+  </si>
+  <si>
+    <t>LNHB</t>
+  </si>
+  <si>
+    <t>202124065W</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 602,</t>
+  </si>
+  <si>
+    <t>3224</t>
+  </si>
+  <si>
+    <t>Service développement radiation et réparation - DRF/JACOB/IRCM</t>
+  </si>
+  <si>
+    <t>SDRR</t>
+  </si>
+  <si>
+    <t>202124063U</t>
+  </si>
+  <si>
+    <t>2104</t>
+  </si>
+  <si>
+    <t>Institut d'études de droit public</t>
+  </si>
+  <si>
+    <t>IEDP</t>
+  </si>
+  <si>
+    <t>199814231G</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, Faculté Jean-Monnet, 54 boulevard Desgranges, BP 104</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>Systèmes et Applications des Technologies de l'Information et de l'Energie</t>
+  </si>
+  <si>
+    <t>SATIE</t>
+  </si>
+  <si>
+    <t>UMR 8029</t>
+  </si>
+  <si>
+    <t>200212702C</t>
+  </si>
+  <si>
+    <t>CNAM</t>
+  </si>
+  <si>
+    <t>Univ Gustave Eiffel</t>
+  </si>
+  <si>
+    <t>3262</t>
+  </si>
+  <si>
+    <t>Unité de recherche en neuroimagerie applicative clinique et translationnelle</t>
+  </si>
+  <si>
+    <t>UNIACT</t>
+  </si>
+  <si>
+    <t>202124057M</t>
+  </si>
+  <si>
+    <t>CEA Neurospin, Bâtiment 145</t>
+  </si>
+  <si>
+    <t>3263</t>
+  </si>
+  <si>
+    <t>Centre de référence, d'innovation, d'expertise et de transfert</t>
+  </si>
+  <si>
+    <t>CReFIX</t>
+  </si>
+  <si>
+    <t>UMS 39</t>
+  </si>
+  <si>
+    <t>201923595U</t>
+  </si>
+  <si>
+    <t>91000</t>
+  </si>
+  <si>
+    <t>Evry</t>
+  </si>
+  <si>
+    <t>1906</t>
+  </si>
+  <si>
+    <t>Centre de Traitement de l'Information Génétique</t>
+  </si>
+  <si>
+    <t>CTIG</t>
+  </si>
+  <si>
+    <t>US 310</t>
+  </si>
+  <si>
+    <t>196223491D</t>
+  </si>
+  <si>
+    <t>78352</t>
+  </si>
+  <si>
+    <t>1915</t>
+  </si>
+  <si>
+    <t>Ingénierie, Radioprotection, Sûreté et Démantelement</t>
+  </si>
+  <si>
+    <t>IRSD</t>
+  </si>
+  <si>
+    <t>UPS 3364</t>
+  </si>
+  <si>
+    <t>201021749B</t>
+  </si>
+  <si>
+    <t>Centre universitaire Paris-Saclay, Bâtiment 201 P1, BP 34</t>
+  </si>
+  <si>
+    <t>91898</t>
+  </si>
+  <si>
+    <t>1925</t>
+  </si>
+  <si>
+    <t>Etude du Polymorphisme des Génomes Végétaux</t>
+  </si>
+  <si>
+    <t>EPGV</t>
+  </si>
+  <si>
+    <t>US 1279</t>
+  </si>
+  <si>
+    <t>200517800F</t>
+  </si>
+  <si>
+    <t>1945</t>
+  </si>
+  <si>
+    <t>Centre National de Recherche en Génomique Humaine - DRF/JACOB</t>
+  </si>
+  <si>
+    <t>CNRGH</t>
+  </si>
+  <si>
+    <t>201722557Z</t>
+  </si>
+  <si>
+    <t>1963</t>
+  </si>
+  <si>
+    <t>Prévention du risque chimique</t>
+  </si>
+  <si>
+    <t>PRC</t>
+  </si>
+  <si>
+    <t>UPS831</t>
+  </si>
+  <si>
+    <t>198920516C</t>
+  </si>
+  <si>
+    <t>1969</t>
+  </si>
+  <si>
+    <t>Synergies Langues Arts Musique</t>
+  </si>
+  <si>
+    <t>SLAM</t>
+  </si>
+  <si>
+    <t>EA 4524</t>
+  </si>
+  <si>
+    <t>201019129D</t>
+  </si>
+  <si>
+    <t>Université d'Evry Val d'Essonne, Bld François Mitterrand</t>
+  </si>
+  <si>
+    <t>2183</t>
+  </si>
+  <si>
+    <t>Laboratoire d’informatique Parallélisme Réseaux Algorithmes Distribués</t>
+  </si>
+  <si>
+    <t>LI-PARAD</t>
+  </si>
+  <si>
+    <t>UR 7432</t>
+  </si>
+  <si>
+    <t>201622146G</t>
+  </si>
+  <si>
+    <t>Saint-Quentin en Yvelines</t>
+  </si>
+  <si>
+    <t>3230</t>
+  </si>
+  <si>
+    <t>Sciences de l'Animal et de l'Aliment de Jouy</t>
+  </si>
+  <si>
+    <t>SAAJ</t>
+  </si>
+  <si>
+    <t>UE 1298</t>
+  </si>
+  <si>
+    <t>201923110S</t>
+  </si>
+  <si>
+    <t>INRA - Centre Ile-de-France-Jouy-en-Josas</t>
+  </si>
+  <si>
+    <t>3246</t>
+  </si>
+  <si>
+    <t>Laboratoire de biologie de l'exercice pour la performance et la sante</t>
+  </si>
+  <si>
+    <t>LBEPS</t>
+  </si>
+  <si>
+    <t>201923254Y</t>
+  </si>
+  <si>
+    <t>Université d'Evry</t>
+  </si>
+  <si>
+    <t>SSA</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>Neuroimagerie cognitive</t>
+  </si>
+  <si>
+    <t>UNICOG</t>
+  </si>
+  <si>
+    <t>U992</t>
+  </si>
+  <si>
+    <t>200616272R</t>
+  </si>
+  <si>
+    <t>3227</t>
+  </si>
+  <si>
+    <t>Hydrosystèmes Continentaux Anthropisés - Ressources, Risques, Restauration</t>
+  </si>
+  <si>
+    <t>HYCAR</t>
+  </si>
+  <si>
+    <t>UPR 1462</t>
+  </si>
+  <si>
+    <t>201822690P</t>
+  </si>
+  <si>
+    <t>1, rue Pierre-Gilles de Gennes,Cedex CS 10030</t>
+  </si>
+  <si>
+    <t>92761</t>
+  </si>
+  <si>
+    <t>Antony</t>
+  </si>
+  <si>
+    <t>3225</t>
+  </si>
+  <si>
+    <t>PRocédés biOtechnologiques au Service de l’Environnement</t>
+  </si>
+  <si>
+    <t>PROSE</t>
+  </si>
+  <si>
+    <t>UPR 1461</t>
+  </si>
+  <si>
+    <t>200518614R</t>
+  </si>
+  <si>
+    <t>3248</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aspects métaboliques et systémiques de l'oncogénèse pour de nouvelles approches thérapeutiques </t>
+  </si>
+  <si>
+    <t>METSY</t>
+  </si>
+  <si>
+    <t>UMR 9018</t>
+  </si>
+  <si>
+    <t>202023525N</t>
+  </si>
+  <si>
+    <t>Institut Gustave Roussy</t>
+  </si>
+  <si>
+    <t>3249</t>
+  </si>
+  <si>
+    <t>Centre d'Economie de l'ENS Paris-Saclay</t>
+  </si>
+  <si>
+    <t>CEPS</t>
+  </si>
+  <si>
+    <t>202023496G</t>
+  </si>
+  <si>
+    <t>3266</t>
+  </si>
+  <si>
+    <t>France Cohortes</t>
+  </si>
+  <si>
+    <t>FRCO</t>
+  </si>
+  <si>
+    <t>202024042A</t>
+  </si>
+  <si>
+    <t>Hôpital Bicêtre, 80 rue du Général Leclerc</t>
+  </si>
+  <si>
+    <t>Le Kremlin-Bicêtre</t>
+  </si>
+  <si>
+    <t>INED</t>
+  </si>
+  <si>
+    <t>3252</t>
+  </si>
+  <si>
+    <t>Dynamique moléculaire de la transformation hématopoïétique</t>
+  </si>
+  <si>
+    <t>Dynamo</t>
+  </si>
+  <si>
+    <t>U 1170</t>
+  </si>
+  <si>
+    <t>201521295L</t>
+  </si>
+  <si>
+    <t>Institut Gustave Roussy, Pavillon de recherche 1, 114 rue Edouard-Vaillant</t>
+  </si>
+  <si>
+    <t xml:space="preserve">94805 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Villejuif </t>
+  </si>
+  <si>
+    <t>3256</t>
+  </si>
+  <si>
+    <t>Institut Biomédical du Val de Bièvre</t>
+  </si>
+  <si>
+    <t>IBVB</t>
+  </si>
+  <si>
+    <t>US 44</t>
+  </si>
+  <si>
+    <t>202023578W</t>
+  </si>
+  <si>
+    <t>12 Avenue Paul Vaillant Couturier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">94800 </t>
+  </si>
+  <si>
+    <t>2144</t>
+  </si>
+  <si>
+    <t>Unité de Recherche Génomique-Info</t>
+  </si>
+  <si>
+    <t>URGI</t>
+  </si>
+  <si>
+    <t>UPR 1164</t>
+  </si>
+  <si>
+    <t>200217796P</t>
+  </si>
+  <si>
+    <t>Route de Saint-Cyr</t>
+  </si>
+  <si>
+    <t>78026</t>
+  </si>
+  <si>
+    <t>3212</t>
+  </si>
+  <si>
+    <t>Institut Pascal</t>
+  </si>
+  <si>
+    <t>IPa</t>
+  </si>
+  <si>
+    <t>UMS 2005</t>
+  </si>
+  <si>
+    <t>201822743X</t>
+  </si>
+  <si>
+    <t>Rue Noetzlin</t>
+  </si>
+  <si>
+    <t>2182</t>
+  </si>
+  <si>
+    <t>Données et Algorithmes pour une ville intelligente et durable</t>
+  </si>
+  <si>
+    <t>DAVID</t>
+  </si>
+  <si>
+    <t>UR 7431</t>
+  </si>
+  <si>
+    <t>201622145F</t>
+  </si>
+  <si>
+    <t>UFR des Sciences 45 avenue des États-Unis</t>
+  </si>
+  <si>
+    <t>78035</t>
+  </si>
+  <si>
+    <t>Versailles cedex</t>
+  </si>
+  <si>
+    <t>2118</t>
+  </si>
+  <si>
+    <t>Observatoire des sciences de l'univers de l'UVSQ</t>
+  </si>
+  <si>
+    <t>OVSQ</t>
+  </si>
+  <si>
+    <t>UMS 3342</t>
+  </si>
+  <si>
+    <t>201020686W</t>
+  </si>
+  <si>
+    <t>3223</t>
+  </si>
+  <si>
+    <t>Laboratoire Matière en conditions extrêmes - DAM</t>
+  </si>
+  <si>
+    <t>LMCE</t>
+  </si>
+  <si>
+    <t>202124060R</t>
+  </si>
+  <si>
+    <t>CEA Bruyères le Chatel, chemin du Ru</t>
+  </si>
+  <si>
+    <t>91680</t>
+  </si>
+  <si>
+    <t>Bruyères le Chatel</t>
+  </si>
+  <si>
+    <t>3234</t>
+  </si>
+  <si>
+    <t>Centre Borelli</t>
+  </si>
+  <si>
+    <t>CB</t>
+  </si>
+  <si>
+    <t>UMR 9010</t>
+  </si>
+  <si>
+    <t>202023521J</t>
+  </si>
+  <si>
+    <t>2087</t>
+  </si>
+  <si>
+    <t>Cohortes Epidémiologiques en population</t>
+  </si>
+  <si>
+    <t>CONSTANCES</t>
+  </si>
+  <si>
+    <t>UMS 011</t>
+  </si>
+  <si>
+    <t>201322808P</t>
+  </si>
+  <si>
+    <t>16 avenue Paul Vaillant Couturier, Bâtiment 15/16</t>
+  </si>
+  <si>
+    <t>1951</t>
+  </si>
+  <si>
+    <t>Institut de Chimie des Substances Naturelles</t>
+  </si>
+  <si>
+    <t>ICSN</t>
+  </si>
+  <si>
+    <t>UPR 2301</t>
+  </si>
+  <si>
+    <t>200617587V</t>
+  </si>
+  <si>
+    <t>CNRS, Bâtiment 27, Avenue de la Terrasse</t>
+  </si>
+  <si>
+    <t>3247</t>
+  </si>
+  <si>
+    <t>Laboratoire de physique des 2 infinis Irène Joliot-Curie</t>
+  </si>
+  <si>
+    <t>IJCLab</t>
+  </si>
+  <si>
+    <t>UMR 9012</t>
+  </si>
+  <si>
+    <t>202023524M</t>
+  </si>
+  <si>
+    <t>Bât. 100, Faculté des Sciences</t>
+  </si>
+  <si>
+    <t>3250</t>
+  </si>
+  <si>
+    <t>Cellules souches hématopoïétiques et développement des hémopathies myéloïdes</t>
+  </si>
+  <si>
+    <t>CSHMyelo</t>
+  </si>
+  <si>
+    <t>U 1287</t>
+  </si>
+  <si>
+    <t>202023574S</t>
+  </si>
+  <si>
+    <t>Gustave Roussy 114, rue Édouard-Vaillant</t>
+  </si>
+  <si>
+    <t>3253</t>
+  </si>
+  <si>
+    <t>Psychiatrie-Comorbidités-Addictions</t>
+  </si>
+  <si>
+    <t>PSYCOMadd</t>
+  </si>
+  <si>
+    <t>202023666S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">94804 </t>
+  </si>
+  <si>
+    <t>3254</t>
+  </si>
+  <si>
+    <t>Dynamique des Cellules Tumorales</t>
+  </si>
+  <si>
+    <t>TCD</t>
+  </si>
+  <si>
+    <t>U 1279</t>
+  </si>
+  <si>
+    <t>202023571N</t>
+  </si>
+  <si>
+    <t>Gustave Roussy, 39 Rue Camille Desmoulins</t>
+  </si>
+  <si>
+    <t>2064</t>
+  </si>
+  <si>
+    <t>Centre international de recherche sur l'environnement et le développement</t>
+  </si>
+  <si>
+    <t>CIRED</t>
+  </si>
+  <si>
+    <t>UMR 8568</t>
+  </si>
+  <si>
+    <t>199812896F</t>
+  </si>
+  <si>
+    <t>45 bis avenue de la Belle-Gabrielle</t>
+  </si>
+  <si>
+    <t>94130</t>
+  </si>
+  <si>
+    <t>Nogent-sur-Marne</t>
+  </si>
+  <si>
+    <t>Ecole des Ponts ParisTech</t>
+  </si>
+  <si>
+    <t>Cirad</t>
+  </si>
+  <si>
+    <t>EHESS</t>
+  </si>
+  <si>
+    <t>1933</t>
+  </si>
+  <si>
+    <t>Etudes sur les sciences et les techniques</t>
+  </si>
+  <si>
+    <t>EST</t>
+  </si>
+  <si>
+    <t>199213525R</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, Bâtiment 407</t>
+  </si>
+  <si>
+    <t>2120</t>
+  </si>
+  <si>
+    <t>Modèles de cellules souches malignes et thérapeutiques</t>
+  </si>
+  <si>
+    <t>ONCOSTEM</t>
+  </si>
+  <si>
+    <t>U 1310</t>
+  </si>
+  <si>
+    <t>201521297N</t>
+  </si>
+  <si>
+    <t>Hôpital Paul Brousse, 12 avenue Paul Vaillant Couturier</t>
+  </si>
+  <si>
+    <t>2059</t>
+  </si>
+  <si>
+    <t>Informatique, BioInformatique, Systèmes Complexes</t>
+  </si>
+  <si>
+    <t>IBISC</t>
+  </si>
+  <si>
+    <t>EA 4526</t>
+  </si>
+  <si>
+    <t>201019077X</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'EVRY VAL D'ESSONNE, 40 rue du Pelvoux</t>
+  </si>
+  <si>
+    <t>1991</t>
+  </si>
+  <si>
+    <t>Institutions et Dynamiques Historiques de l'Economie et de la société</t>
+  </si>
+  <si>
+    <t>IDHES</t>
+  </si>
+  <si>
+    <t>UMR 8533</t>
+  </si>
+  <si>
+    <t>199812861T</t>
+  </si>
+  <si>
+    <t>Univ Paris 1</t>
+  </si>
+  <si>
+    <t>Univ Paris 8</t>
+  </si>
+  <si>
+    <t>1950</t>
+  </si>
+  <si>
+    <t>Laboratoire Aimé Cotton</t>
+  </si>
+  <si>
+    <t>LAC</t>
+  </si>
+  <si>
+    <t>UMR 9025</t>
+  </si>
+  <si>
+    <t>202023526P</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, Bâtiment 505,</t>
+  </si>
+  <si>
+    <t>3229</t>
+  </si>
+  <si>
+    <t>Transgénèse pour les études fonctionnelles sur les organismes modèles - Paris-Saclay</t>
+  </si>
+  <si>
+    <t>TEFOR</t>
+  </si>
+  <si>
+    <t>UAR 2010</t>
+  </si>
+  <si>
+    <t>201922946N</t>
+  </si>
+  <si>
+    <t>Avenue de la terrasse</t>
+  </si>
+  <si>
+    <t>3235</t>
+  </si>
+  <si>
+    <t>Laboratoire Lumière, Matière et Interfaces</t>
+  </si>
+  <si>
+    <t>LuMin</t>
+  </si>
+  <si>
+    <t>UMR 9024</t>
+  </si>
+  <si>
+    <t>202023513A</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>Physiologie et physiopathologie endocriniennes</t>
+  </si>
+  <si>
+    <t>PHYSENDO</t>
+  </si>
+  <si>
+    <t>U 1185</t>
+  </si>
+  <si>
+    <t>200616378F</t>
+  </si>
+  <si>
+    <t>63 rue Gabriel Péri</t>
+  </si>
+  <si>
+    <t>Le Kremlin-Bicêtre cedex</t>
+  </si>
+  <si>
+    <t>1934</t>
+  </si>
+  <si>
+    <t>Ecologie, Systématique et Evolution</t>
+  </si>
+  <si>
+    <t>ESE</t>
+  </si>
+  <si>
+    <t>UMR 8079</t>
+  </si>
+  <si>
+    <t>200212739T</t>
+  </si>
+  <si>
+    <t>Bât 680, 12 route 128</t>
+  </si>
+  <si>
+    <t>1928</t>
+  </si>
+  <si>
+    <t>Génétique Quantitative et Evolution - Le Moulon</t>
+  </si>
+  <si>
+    <t>GQE - Le Moulon</t>
+  </si>
+  <si>
+    <t>UMR 8120</t>
+  </si>
+  <si>
+    <t>198017849T</t>
+  </si>
+  <si>
+    <t>1932</t>
+  </si>
+  <si>
+    <t>Evolution, génomes, comportement et écologie</t>
+  </si>
+  <si>
+    <t>EGCE</t>
+  </si>
+  <si>
+    <t>UMR 9191</t>
+  </si>
+  <si>
+    <t>201521302U</t>
+  </si>
+  <si>
+    <t>IRD</t>
+  </si>
+  <si>
+    <t>2164</t>
+  </si>
+  <si>
+    <t>Optique et techniques associées</t>
+  </si>
+  <si>
+    <t>DOTA</t>
+  </si>
+  <si>
+    <t>201822716T</t>
+  </si>
+  <si>
+    <t>3232</t>
+  </si>
+  <si>
+    <t>Building large instruments for neuroimaging: from population imaging to ultra-high magnetic fields</t>
+  </si>
+  <si>
+    <t>BAOBAB</t>
+  </si>
+  <si>
+    <t>UMR 9027</t>
+  </si>
+  <si>
+    <t>202023511Y</t>
+  </si>
+  <si>
+    <t>Centre d'études de Saclay, Bâtiment 145</t>
+  </si>
+  <si>
+    <t>2126</t>
+  </si>
+  <si>
+    <t>Maison de la Simulation - DRF</t>
+  </si>
+  <si>
+    <t>MdlS</t>
+  </si>
+  <si>
+    <t>UAR 3441</t>
+  </si>
+  <si>
+    <t>201120535C</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 709, Orme des merisiers</t>
+  </si>
+  <si>
+    <t>3231</t>
+  </si>
+  <si>
+    <t>Laboratoire d'Imagerie Biomédicale Multimodale Paris Saclay</t>
+  </si>
+  <si>
+    <t>BIOMAPS</t>
+  </si>
+  <si>
+    <t>U 1281, UMR 9011</t>
+  </si>
+  <si>
+    <t>202023520H</t>
+  </si>
+  <si>
+    <t>4, place du Général Leclerc</t>
+  </si>
+  <si>
+    <t>91401</t>
+  </si>
+  <si>
+    <t>2137</t>
+  </si>
+  <si>
+    <t>Mathématiques et Informatique Appliquées - Paris-Saclay</t>
+  </si>
+  <si>
+    <t>MIA</t>
+  </si>
+  <si>
+    <t>UMR 0518</t>
+  </si>
+  <si>
+    <t>201119642G</t>
+  </si>
+  <si>
+    <t>22 place de l'Agronomie</t>
+  </si>
+  <si>
+    <t>2092</t>
+  </si>
+  <si>
+    <t>UMR Agronomie</t>
+  </si>
+  <si>
+    <t>Agronomie</t>
+  </si>
+  <si>
+    <t>UMR 0211</t>
+  </si>
+  <si>
+    <t>196417851P</t>
+  </si>
+  <si>
+    <t>2008</t>
+  </si>
+  <si>
+    <t>Ecologie fonctionnelle et écotoxicologie des agroécosystèmes</t>
+  </si>
+  <si>
+    <t>Ecosys</t>
+  </si>
+  <si>
+    <t>UMR 1402</t>
+  </si>
+  <si>
+    <t>201521783S</t>
+  </si>
+  <si>
+    <t>2119</t>
+  </si>
+  <si>
+    <t>Modélisation Systémique Appliquée aux Ruminants</t>
+  </si>
+  <si>
+    <t>MoSAR</t>
+  </si>
+  <si>
+    <t>UMR 0791</t>
+  </si>
+  <si>
+    <t>197517805S</t>
+  </si>
+  <si>
+    <t>2136</t>
+  </si>
+  <si>
+    <t>Physiologie de la Nutrition et du Comportement Alimentaire</t>
+  </si>
+  <si>
+    <t>PNCA</t>
+  </si>
+  <si>
+    <t>UMR 0914</t>
+  </si>
+  <si>
+    <t>199017932P</t>
+  </si>
+  <si>
+    <t>2078</t>
+  </si>
+  <si>
+    <t>Sciences pour l'Action et le Développement : Activités, Produits, Territoires</t>
+  </si>
+  <si>
+    <t>SADAPT</t>
+  </si>
+  <si>
+    <t>UMR 1048</t>
+  </si>
+  <si>
+    <t>199617793M</t>
+  </si>
+  <si>
+    <t>3228</t>
+  </si>
+  <si>
+    <t>Paris-Saclay Food and Bioproduct Engineering</t>
+  </si>
+  <si>
+    <t>SayFood</t>
+  </si>
+  <si>
+    <t>UMR 782</t>
+  </si>
+  <si>
+    <t>202023536A</t>
+  </si>
+  <si>
+    <t>1943</t>
+  </si>
+  <si>
+    <t>Unité Expérimentale Versailles Saclay</t>
+  </si>
+  <si>
+    <t>UE VS</t>
+  </si>
+  <si>
+    <t>UE 1246</t>
+  </si>
+  <si>
+    <t>200317768E</t>
+  </si>
+  <si>
+    <t>Route de Saint-Cyr, RD 10</t>
+  </si>
+  <si>
+    <t>1992</t>
+  </si>
+  <si>
+    <t>Infectiologie Expérimentale des Rongeurs et Poissons</t>
+  </si>
+  <si>
+    <t>IERP</t>
+  </si>
+  <si>
+    <t>UE 0907</t>
+  </si>
+  <si>
+    <t>198917775Y</t>
+  </si>
+  <si>
+    <t>Jouy-en-Josas cedex</t>
+  </si>
+  <si>
+    <t>3210</t>
+  </si>
+  <si>
+    <t>Research Lab in Computer Science</t>
+  </si>
+  <si>
+    <t>ReLaX</t>
+  </si>
+  <si>
+    <t>UMI 2000</t>
+  </si>
+  <si>
+    <t>201722366S</t>
+  </si>
+  <si>
+    <t>cmi</t>
+  </si>
+  <si>
+    <t>IMSc</t>
+  </si>
+  <si>
+    <t>Univ Bordeaux</t>
+  </si>
+  <si>
+    <t>3214</t>
+  </si>
+  <si>
+    <t>Centre de Recherche en Design</t>
+  </si>
+  <si>
+    <t>CRD</t>
+  </si>
+  <si>
+    <t>201923272T</t>
+  </si>
+  <si>
+    <t>ENSCI-les ateliers</t>
+  </si>
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>Institut de technico-économie des systèmes énergétiques - I-TESE</t>
+  </si>
+  <si>
+    <t>I-Tésé</t>
+  </si>
+  <si>
+    <t>200718585A</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 125</t>
+  </si>
+  <si>
+    <t>2082</t>
+  </si>
+  <si>
+    <t>Interactions Cellules souches-niches: physiologie, tumeurs et réparation tissulaire</t>
+  </si>
+  <si>
+    <t>SToRM</t>
+  </si>
+  <si>
+    <t>U 1197</t>
+  </si>
+  <si>
+    <t>201521289E</t>
+  </si>
+  <si>
+    <t>16 avenue Paul Vaillant Couturier, Bâtiment Lavoisier</t>
+  </si>
+  <si>
+    <t>2128</t>
+  </si>
+  <si>
+    <t>Laboratoire d'étude des microstructures</t>
+  </si>
+  <si>
+    <t>LEM</t>
+  </si>
+  <si>
+    <t>UMR 104</t>
+  </si>
+  <si>
+    <t>198819289Y</t>
+  </si>
+  <si>
+    <t>ONERA, 29 avenue de la division Leclerc, BP 72</t>
+  </si>
+  <si>
+    <t>92322</t>
+  </si>
+  <si>
+    <t>Châtillon cedex</t>
+  </si>
+  <si>
+    <t>3267</t>
+  </si>
+  <si>
+    <t>Laboratoire Interdisciplinaire sur les Mutations des Espaces Economiques et Politiques - Paris Saclay</t>
+  </si>
+  <si>
+    <t>LIMEEP-PS</t>
+  </si>
+  <si>
+    <t>UR 20204</t>
+  </si>
+  <si>
+    <t>202023614K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11  Boulevard d'Alembert</t>
+  </si>
+  <si>
+    <t>3238</t>
+  </si>
+  <si>
+    <t>CIC Biothérapies pour une immunisation In Situ</t>
+  </si>
+  <si>
+    <t>BIOTHERIS</t>
+  </si>
+  <si>
+    <t>CIC 1428</t>
+  </si>
+  <si>
+    <t>200520106M</t>
+  </si>
+  <si>
+    <t>2102</t>
+  </si>
+  <si>
+    <t>Institut du développement et des ressources en informatique scientifique</t>
+  </si>
+  <si>
+    <t>IDRIS</t>
+  </si>
+  <si>
+    <t>UAR 851</t>
+  </si>
+  <si>
+    <t>199320519N</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, bâtiment 506, BP 167</t>
+  </si>
+  <si>
+    <t>91403</t>
+  </si>
+  <si>
+    <t>2108</t>
+  </si>
+  <si>
+    <t>Institut des neurosciences Paris-Saclay</t>
+  </si>
+  <si>
+    <t>NeuroPSI</t>
+  </si>
+  <si>
+    <t>UMR 9197</t>
+  </si>
+  <si>
+    <t>201521290F</t>
+  </si>
+  <si>
+    <t>151 route de la Rotonde, Centre CEA Paris-Saclay, Bâtiment 151</t>
+  </si>
+  <si>
+    <t>Saclay</t>
+  </si>
+  <si>
+    <t>3236</t>
+  </si>
+  <si>
+    <t>Equipe de Recherche Paramédicale sur le Handicap NeuroMoteur</t>
+  </si>
+  <si>
+    <t>ERPHAN</t>
+  </si>
+  <si>
+    <t>UR 20201</t>
+  </si>
+  <si>
+    <t>202023514B</t>
+  </si>
+  <si>
+    <t>UFR Simone Veil</t>
+  </si>
+  <si>
+    <t>2127</t>
+  </si>
+  <si>
+    <t>Laboratoire Physiopathologie et pharmacologie clinique de la douleur</t>
+  </si>
+  <si>
+    <t>LPPD</t>
+  </si>
+  <si>
+    <t>U 987</t>
+  </si>
+  <si>
+    <t>200616453M</t>
+  </si>
+  <si>
+    <t>Hôpital Ambroise Paré, 9 avenue Charles de Gaulle</t>
+  </si>
+  <si>
+    <t>92100</t>
+  </si>
+  <si>
+    <t>Boulogne</t>
+  </si>
+  <si>
+    <t>3237</t>
+  </si>
+  <si>
+    <t>Laboratoire Anthropologie, Archeologie, Biologie</t>
+  </si>
+  <si>
+    <t>LAAB</t>
+  </si>
+  <si>
+    <t>UR 20202</t>
+  </si>
+  <si>
+    <t>202023516D</t>
+  </si>
+  <si>
+    <t>2 Avenue de la Source de la Bièvre</t>
+  </si>
+  <si>
+    <t>Montigny-le-Bretonneux</t>
+  </si>
+  <si>
+    <t>2085</t>
+  </si>
+  <si>
+    <t>Institut photonique d'analyse non-destructive européen des matériaux anciens</t>
+  </si>
+  <si>
+    <t>IPANEMA</t>
+  </si>
+  <si>
+    <t>USR 3461</t>
+  </si>
+  <si>
+    <t>201220537A</t>
+  </si>
+  <si>
+    <t>Site du Synchrotron SOLEIL</t>
+  </si>
+  <si>
+    <t>MCC</t>
+  </si>
+  <si>
+    <t>2049</t>
+  </si>
+  <si>
+    <t>Approches génétiques intégrées et nouvelles thérapies pour les maladies rares</t>
+  </si>
+  <si>
+    <t>INTEGRARE</t>
+  </si>
+  <si>
+    <t>UMR S951</t>
+  </si>
+  <si>
+    <t>201019028U</t>
+  </si>
+  <si>
+    <t>Généthon, 1 bis rue de l'internationale</t>
+  </si>
+  <si>
+    <t>Généthon</t>
+  </si>
+  <si>
+    <t>3257</t>
+  </si>
+  <si>
+    <t>Centre d'Imagerie Multimodale</t>
+  </si>
+  <si>
+    <t>MIC</t>
+  </si>
+  <si>
+    <t>UAR 2016</t>
+  </si>
+  <si>
+    <t>202023500L</t>
+  </si>
+  <si>
+    <t>INSTITUT CURIE-Bâtiments 101B-110-111-112, CS90030-rue Henri Becquerel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91401 </t>
+  </si>
+  <si>
+    <t>3226</t>
+  </si>
+  <si>
+    <t>Génie des Procédés FRIgorifiques pour la Sécurité alimentaire et l’Environnement</t>
+  </si>
+  <si>
+    <t>FRISE</t>
+  </si>
+  <si>
+    <t>UPR 1460</t>
+  </si>
+  <si>
+    <t>201220495E</t>
+  </si>
+  <si>
+    <t>3270</t>
+  </si>
+  <si>
+    <t>Institut de Recherche sur les ArchéoMATériaux</t>
+  </si>
+  <si>
+    <t>IRAMAT</t>
+  </si>
+  <si>
+    <t>UMR 7065</t>
+  </si>
+  <si>
+    <t>202224174K</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'ORLEANS Centre Ernest Babelon 3 D rue de la Ferollerie</t>
+  </si>
+  <si>
+    <t>45071</t>
+  </si>
+  <si>
+    <t>Orléans</t>
+  </si>
+  <si>
+    <t>Univ. Bourgogne Franche-Comté</t>
+  </si>
+  <si>
+    <t>INRAP</t>
+  </si>
+  <si>
+    <t>3222</t>
+  </si>
+  <si>
+    <t>Laboratoire en Informatique Haute Performance pour le Calcul et la simulation - DAM</t>
+  </si>
+  <si>
+    <t>LIHPC</t>
+  </si>
+  <si>
+    <t>202124059P</t>
+  </si>
+  <si>
+    <t>CEA Bruyères le Chatel, Chemin du Ru</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>Maison des Sciences de l'Homme Paris-Saclay</t>
+  </si>
+  <si>
+    <t>MSH Paris-Saclay</t>
+  </si>
+  <si>
+    <t>UAR 3683</t>
+  </si>
+  <si>
+    <t>201521827P</t>
+  </si>
+  <si>
+    <t>3217</t>
+  </si>
+  <si>
+    <t>Matériaux et Structures</t>
+  </si>
+  <si>
+    <t>DMAS</t>
+  </si>
+  <si>
+    <t>201722663P</t>
+  </si>
+  <si>
+    <t>Châtillon</t>
+  </si>
+  <si>
+    <t>3220</t>
+  </si>
+  <si>
+    <t>Physique, Instrumentation, Environnement, Espace</t>
+  </si>
+  <si>
+    <t>DPHY</t>
+  </si>
+  <si>
+    <t>201722638M</t>
+  </si>
+  <si>
+    <t>3274</t>
+  </si>
+  <si>
+    <t>International Laboratory on Learning Systems</t>
+  </si>
+  <si>
+    <t>ILLS</t>
+  </si>
+  <si>
+    <t>IRL 2020</t>
+  </si>
+  <si>
+    <t>202224169E</t>
+  </si>
+  <si>
+    <t>1100, Rue Notre-Dame Ouest</t>
+  </si>
+  <si>
+    <t>H3C1K3</t>
+  </si>
+  <si>
+    <t>Montréal</t>
+  </si>
+  <si>
+    <t>3260</t>
+  </si>
+  <si>
+    <t>Laboratoire Méthodes Formelles</t>
+  </si>
+  <si>
+    <t>LMF</t>
+  </si>
+  <si>
+    <t>UMR 9021</t>
+  </si>
+  <si>
+    <t>202123712M</t>
+  </si>
+  <si>
+    <t>3275</t>
+  </si>
+  <si>
+    <t>Institut de recherches arctiques Jean Malaurie</t>
+  </si>
+  <si>
+    <t>IRAM</t>
+  </si>
+  <si>
+    <t>UR 20203</t>
+  </si>
+  <si>
+    <t>202023613J</t>
+  </si>
+  <si>
+    <t>11 boulevard d'Alembert</t>
+  </si>
+  <si>
+    <t>3273</t>
+  </si>
+  <si>
+    <t>Soutenabilité et résilience</t>
+  </si>
+  <si>
+    <t>UMI SOURCE</t>
+  </si>
+  <si>
+    <t>UMI 272</t>
+  </si>
+  <si>
+    <t>202224281B</t>
+  </si>
+  <si>
+    <t>UVSQ, UFR SSH - Bâtiment Vauban, 47 boulevard Vauban</t>
+  </si>
+  <si>
+    <t xml:space="preserve">78280 </t>
+  </si>
+  <si>
+    <t>Guyancourt Cedex</t>
+  </si>
+  <si>
+    <t>1938</t>
+  </si>
+  <si>
+    <t>Biomolécules : conception, isolement, synthèse</t>
+  </si>
+  <si>
+    <t>BioCIS</t>
+  </si>
+  <si>
+    <t>UMR 8076</t>
+  </si>
+  <si>
+    <t>200212737R</t>
+  </si>
+  <si>
+    <t>Batiment Henri Moissan, 17 avenue des Sciences</t>
+  </si>
+  <si>
+    <t>3259</t>
+  </si>
+  <si>
+    <t>Laboratoire interdisciplinaire des sciences du numérique</t>
+  </si>
+  <si>
+    <t>LISN</t>
+  </si>
+  <si>
+    <t>UMR 9015</t>
+  </si>
+  <si>
+    <t>202123711L</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, Bâtiment 650</t>
+  </si>
+  <si>
+    <t>1894</t>
+  </si>
+  <si>
+    <t>Analyse moléculaire, modélisation et imagerie de la maladie cancéreuse</t>
+  </si>
+  <si>
+    <t>AMMICA</t>
+  </si>
+  <si>
+    <t>UMS 3655</t>
+  </si>
+  <si>
+    <t>201420837T</t>
+  </si>
+  <si>
+    <t>2032</t>
+  </si>
+  <si>
+    <t>Département des Accélérateurs, de Cryogénie et de Magnétisme - DRF/IRFU</t>
+  </si>
+  <si>
+    <t>DACM</t>
+  </si>
+  <si>
+    <t>201722502P</t>
+  </si>
+  <si>
+    <t>1967</t>
+  </si>
+  <si>
+    <t>Service d'étude des matériaux irradiés - DES/ISAS/DRMP</t>
+  </si>
+  <si>
+    <t>SEMI</t>
+  </si>
+  <si>
+    <t>202124049D</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 625</t>
+  </si>
+  <si>
+    <t>2028</t>
+  </si>
+  <si>
+    <t>Service d'études mécaniques et thermiques - DES/ISAS/DM2S</t>
+  </si>
+  <si>
+    <t>SEMT</t>
+  </si>
+  <si>
+    <t>202124051F</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 607</t>
+  </si>
+  <si>
+    <t>2030</t>
+  </si>
+  <si>
+    <t>Service d'étude des réacteurs et de mathématiques appliquées - DES/ISAS/DM2S</t>
+  </si>
+  <si>
+    <t>SERMA</t>
+  </si>
+  <si>
+    <t>202124053H</t>
+  </si>
+  <si>
+    <t>CEA Saclay, bâtiment 470</t>
+  </si>
+  <si>
+    <t>2034</t>
+  </si>
+  <si>
+    <t>Service de Recherche en Matériaux et procédés Avancés - DES/ISAS/DRMP</t>
+  </si>
+  <si>
+    <t>SRMA</t>
+  </si>
+  <si>
+    <t>202124054J</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 455</t>
+  </si>
+  <si>
+    <t>3278</t>
+  </si>
+  <si>
+    <t>Service de Génie Logiciel pour la Simulation - DES/ISAS/DM2S</t>
+  </si>
+  <si>
+    <t>SGLS</t>
+  </si>
+  <si>
+    <t>3279</t>
+  </si>
+  <si>
+    <t>Service de Recherche en Corrosion et Comportement des Matériaux - DES/ISAS/DRMP</t>
+  </si>
+  <si>
+    <t>S2CM</t>
+  </si>
+  <si>
+    <t>3280</t>
+  </si>
+  <si>
+    <t>Service d'Exploitation et de Sécurité des Installations du DRMP - DES/ISAS/DRMP</t>
+  </si>
+  <si>
+    <t>SESD</t>
+  </si>
+  <si>
+    <t>3268</t>
+  </si>
+  <si>
+    <t>Laboratoire de Mécanique Paris-Saclay</t>
+  </si>
+  <si>
+    <t>LMPS</t>
+  </si>
+  <si>
+    <t>UMR 9026</t>
+  </si>
+  <si>
+    <t>202224176M</t>
+  </si>
+  <si>
+    <t>3251</t>
+  </si>
+  <si>
+    <t>Maladies et hormones du système nerveux</t>
+  </si>
+  <si>
+    <t>DHNS</t>
+  </si>
+  <si>
+    <t>U 1195</t>
+  </si>
+  <si>
+    <t>201521292H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hôpital de Bicêtre,  Bâtiment Grégory Pincus,  80 rue du Général Leclerc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">94276 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Le Kremlin-Bicêtre </t>
+  </si>
+  <si>
+    <t>1939</t>
+  </si>
+  <si>
+    <t>BIOlogie GEstion des Risques en agriculture</t>
+  </si>
+  <si>
+    <t>BIOGER</t>
+  </si>
+  <si>
+    <t>UR 1290</t>
+  </si>
+  <si>
+    <t>200717989C</t>
+  </si>
+  <si>
+    <t>22 place de l'agronomie, bât. F</t>
+  </si>
+  <si>
+    <t>1924</t>
+  </si>
+  <si>
+    <t>Groupe de recherche et d'accueil en droit et économie de la santé</t>
+  </si>
+  <si>
+    <t>GRADES</t>
+  </si>
+  <si>
+    <t>201521298P</t>
+  </si>
+  <si>
+    <t>1974</t>
+  </si>
+  <si>
+    <t>Institut Galien Paris-Saclay</t>
+  </si>
+  <si>
+    <t>IGPS</t>
+  </si>
+  <si>
+    <t>UMR 8612</t>
+  </si>
+  <si>
+    <t>199812937A</t>
+  </si>
+  <si>
+    <t>3272</t>
+  </si>
+  <si>
+    <t>Laboratoire AntiDopage Français</t>
+  </si>
+  <si>
+    <t>LADF</t>
+  </si>
+  <si>
+    <t>202224211A</t>
+  </si>
+  <si>
+    <t>Bâtiment 409, 6 allée des découvertes</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>Signalisation et physiopathologie cardiovasculaire</t>
+  </si>
+  <si>
+    <t>CARPAT</t>
+  </si>
+  <si>
+    <t>U 1180</t>
+  </si>
+  <si>
+    <t>200616436U</t>
+  </si>
+  <si>
+    <t>2125</t>
+  </si>
+  <si>
+    <t>Laboratoire Interactions, Dynamiques et Lasers - DRF/IRAMIS</t>
+  </si>
+  <si>
+    <t>LIDYL</t>
+  </si>
+  <si>
+    <t>EMR 9000</t>
+  </si>
+  <si>
+    <t>202024272A</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 522</t>
+  </si>
+  <si>
+    <t>3216</t>
+  </si>
+  <si>
+    <t>Aérodynamique, Aéroélasticité, Acoustique</t>
+  </si>
+  <si>
+    <t>DAAA</t>
+  </si>
+  <si>
+    <t>201822810V</t>
+  </si>
+  <si>
+    <t>3218</t>
+  </si>
+  <si>
+    <t>Traitement de l’information et systèmes</t>
+  </si>
+  <si>
+    <t>DTIS</t>
+  </si>
+  <si>
+    <t>201822698Y</t>
+  </si>
+  <si>
+    <t>3219</t>
+  </si>
+  <si>
+    <t>Multi-Physique pour l’Energétique</t>
+  </si>
+  <si>
+    <t>DMPE</t>
+  </si>
+  <si>
+    <t>201722809Y</t>
+  </si>
+  <si>
+    <t>3264</t>
+  </si>
+  <si>
+    <t>Center for iPS Therapy</t>
+  </si>
+  <si>
+    <t>Cithera</t>
+  </si>
+  <si>
+    <t>US 45</t>
+  </si>
+  <si>
+    <t>202124115A</t>
+  </si>
+  <si>
+    <t>Genopole Campus 1, 5 rue Henri Auguste-Desbruères</t>
+  </si>
+  <si>
+    <t>91030</t>
+  </si>
+  <si>
+    <t>2096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Laboratoire de Génétique et  biologie cellulaire</t>
+  </si>
+  <si>
+    <t>LGBC</t>
+  </si>
+  <si>
+    <t>UR 4589</t>
+  </si>
+  <si>
+    <t>201019677Z</t>
+  </si>
+  <si>
+    <t>UFR des Sciences de la Santé</t>
+  </si>
+  <si>
+    <t>2072</t>
+  </si>
+  <si>
+    <t>Laboratoire Albert Fert</t>
+  </si>
+  <si>
+    <t>LAF</t>
+  </si>
+  <si>
+    <t>UMR 137</t>
+  </si>
+  <si>
+    <t>199519291V</t>
+  </si>
+  <si>
+    <t>Thales, 1 avenue Augustin Fresnel</t>
+  </si>
+  <si>
+    <t>91767</t>
+  </si>
+  <si>
+    <t>Thales</t>
+  </si>
+  <si>
+    <t>3281</t>
+  </si>
+  <si>
+    <t>Service de Physico-Chimie - DES/ISAS/DRMP</t>
+  </si>
+  <si>
+    <t>SPC</t>
+  </si>
+  <si>
+    <t>202124052G</t>
+  </si>
+  <si>
     <t>2036</t>
   </si>
   <si>
     <t>Service de Recherche en Hémato Immunologie - DRF/JACOB</t>
   </si>
   <si>
     <t>SRHI</t>
   </si>
   <si>
     <t>200517104Z</t>
   </si>
   <si>
     <t>Hopital Saint-Louis, 1 avenue Claude Vellefaux</t>
   </si>
   <si>
     <t>75475</t>
   </si>
   <si>
-    <t>Paris Cedex 10</t>
-[...2609 lines deleted...]
-    <t>91030</t>
+    <t>Paris</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>Paris-Saclay Applied Economics</t>
   </si>
   <si>
     <t>PSAE</t>
   </si>
   <si>
     <t>UMR 0210</t>
   </si>
   <si>
     <t>202224181T</t>
   </si>
   <si>
     <t>INRAE Palaiseau</t>
-  </si>
-[...52 lines deleted...]
-    <t>202124052G</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -6943,5294 +6943,5294 @@
       </c>
       <c r="L77" s="0" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>508</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>509</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>510</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>511</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>512</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>513</v>
+        <v>285</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>514</v>
+        <v>286</v>
       </c>
       <c r="I78" s="0" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>515</v>
-      </c>
-[...4 lines deleted...]
-        <v>517</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>519</v>
+        <v>441</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="I79" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>520</v>
       </c>
-      <c r="B80" s="0" t="s">
+      <c r="E80" s="0" t="s">
         <v>521</v>
       </c>
-      <c r="C80" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F80" s="0" t="s">
-        <v>441</v>
+        <v>380</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>293</v>
+        <v>72</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>294</v>
+        <v>381</v>
       </c>
       <c r="I80" s="0" t="s">
         <v>23</v>
+      </c>
+      <c r="J80" s="0" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>524</v>
       </c>
-      <c r="B81" s="0" t="s">
+      <c r="D81" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E81" s="0" t="s">
         <v>525</v>
       </c>
-      <c r="C81" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F81" s="0" t="s">
-        <v>380</v>
+        <v>400</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>381</v>
       </c>
       <c r="I81" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J81" s="0" t="s">
-        <v>382</v>
+        <v>401</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="D82" s="0" t="s">
         <v>529</v>
       </c>
-      <c r="B82" s="0" t="s">
+      <c r="E82" s="0" t="s">
         <v>530</v>
       </c>
-      <c r="C82" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F82" s="0" t="s">
-        <v>400</v>
+        <v>380</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>381</v>
       </c>
       <c r="I82" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J82" s="0" t="s">
-        <v>401</v>
+        <v>382</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>533</v>
       </c>
-      <c r="B83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>534</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="E83" s="0" t="s">
         <v>535</v>
       </c>
-      <c r="D83" s="0" t="s">
+      <c r="F83" s="0" t="s">
         <v>536</v>
       </c>
-      <c r="E83" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G83" s="0" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>381</v>
+        <v>501</v>
       </c>
       <c r="I83" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J83" s="0" t="s">
-        <v>382</v>
+        <v>59</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>538</v>
       </c>
-      <c r="B84" s="0" t="s">
+      <c r="C84" s="0" t="s">
         <v>539</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
         <v>540</v>
       </c>
-      <c r="D84" s="0" t="s">
+      <c r="E84" s="0" t="s">
         <v>541</v>
       </c>
-      <c r="E84" s="0" t="s">
+      <c r="F84" s="0" t="s">
         <v>542</v>
       </c>
-      <c r="F84" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G84" s="0" t="s">
-        <v>57</v>
+        <v>249</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>501</v>
+        <v>58</v>
       </c>
       <c r="I84" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J84" s="0" t="s">
         <v>59</v>
+      </c>
+      <c r="K84" s="0" t="s">
+        <v>543</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>544</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>545</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>546</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>547</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>548</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>549</v>
+        <v>380</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>249</v>
+        <v>72</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>58</v>
+        <v>381</v>
       </c>
       <c r="I85" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J85" s="0" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="K85" s="0" t="s">
-        <v>550</v>
+        <v>382</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>551</v>
       </c>
-      <c r="B86" s="0" t="s">
+      <c r="D86" s="0" t="s">
         <v>552</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="E86" s="0" t="s">
         <v>553</v>
       </c>
-      <c r="D86" s="0" t="s">
+      <c r="F86" s="0" t="s">
         <v>554</v>
       </c>
-      <c r="E86" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G86" s="0" t="s">
-        <v>72</v>
+        <v>241</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>381</v>
+        <v>242</v>
       </c>
       <c r="I86" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J86" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="K86" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="B87" s="0" t="s">
         <v>556</v>
       </c>
-      <c r="B87" s="0" t="s">
+      <c r="C87" s="0" t="s">
         <v>557</v>
       </c>
-      <c r="C87" s="0" t="s">
+      <c r="D87" s="0" t="s">
         <v>558</v>
       </c>
-      <c r="D87" s="0" t="s">
+      <c r="E87" s="0" t="s">
         <v>559</v>
       </c>
-      <c r="E87" s="0" t="s">
+      <c r="F87" s="0" t="s">
         <v>560</v>
       </c>
-      <c r="F87" s="0" t="s">
+      <c r="G87" s="0" t="s">
         <v>561</v>
       </c>
-      <c r="G87" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H87" s="0" t="s">
-        <v>242</v>
+        <v>117</v>
       </c>
       <c r="I87" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J87" s="0" t="s">
         <v>25</v>
       </c>
+      <c r="K87" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="L87" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="M87" s="0" t="s">
+        <v>127</v>
+      </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>568</v>
+        <v>241</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>117</v>
+        <v>448</v>
       </c>
       <c r="I88" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J88" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="K88" s="0" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>571</v>
       </c>
-      <c r="B89" s="0" t="s">
+      <c r="C89" s="0" t="s">
         <v>572</v>
       </c>
-      <c r="C89" s="0" t="s">
+      <c r="D89" s="0" t="s">
         <v>573</v>
       </c>
-      <c r="D89" s="0" t="s">
+      <c r="E89" s="0" t="s">
         <v>574</v>
       </c>
-      <c r="E89" s="0" t="s">
+      <c r="F89" s="0" t="s">
         <v>575</v>
       </c>
-      <c r="F89" s="0" t="s">
+      <c r="G89" s="0" t="s">
         <v>576</v>
       </c>
-      <c r="G89" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H89" s="0" t="s">
-        <v>448</v>
+        <v>501</v>
       </c>
       <c r="I89" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J89" s="0" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>577</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>578</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>579</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>580</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>581</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>582</v>
+        <v>471</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>583</v>
+        <v>241</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>501</v>
+        <v>448</v>
       </c>
       <c r="I90" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J90" s="0" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="C91" s="0" t="s">
         <v>584</v>
       </c>
-      <c r="B91" s="0" t="s">
+      <c r="D91" s="0" t="s">
         <v>585</v>
       </c>
-      <c r="C91" s="0" t="s">
+      <c r="E91" s="0" t="s">
         <v>586</v>
       </c>
-      <c r="D91" s="0" t="s">
+      <c r="F91" s="0" t="s">
         <v>587</v>
       </c>
-      <c r="E91" s="0" t="s">
+      <c r="G91" s="0" t="s">
         <v>588</v>
       </c>
-      <c r="F91" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H91" s="0" t="s">
-        <v>448</v>
+        <v>22</v>
       </c>
       <c r="I91" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J91" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="K91" s="0" t="s">
         <v>25</v>
+      </c>
+      <c r="L91" s="0" t="s">
+        <v>127</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>589</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>590</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>591</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>592</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>593</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>594</v>
+        <v>380</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>595</v>
+        <v>72</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>22</v>
+        <v>381</v>
       </c>
       <c r="I92" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J92" s="0" t="s">
         <v>382</v>
       </c>
-      <c r="K92" s="0" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="C93" s="0" t="s">
         <v>596</v>
       </c>
-      <c r="B93" s="0" t="s">
+      <c r="D93" s="0" t="s">
         <v>597</v>
       </c>
-      <c r="C93" s="0" t="s">
+      <c r="E93" s="0" t="s">
         <v>598</v>
-      </c>
-[...4 lines deleted...]
-        <v>600</v>
       </c>
       <c r="F93" s="0" t="s">
         <v>380</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>381</v>
       </c>
       <c r="I93" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J93" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="K93" s="0" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>601</v>
       </c>
-      <c r="B94" s="0" t="s">
+      <c r="D94" s="0" t="s">
         <v>602</v>
       </c>
-      <c r="C94" s="0" t="s">
+      <c r="E94" s="0" t="s">
         <v>603</v>
       </c>
-      <c r="D94" s="0" t="s">
+      <c r="F94" s="0" t="s">
         <v>604</v>
       </c>
-      <c r="E94" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G94" s="0" t="s">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>381</v>
+        <v>145</v>
       </c>
       <c r="I94" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J94" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="K94" s="0" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>606</v>
       </c>
-      <c r="B95" s="0" t="s">
+      <c r="C95" s="0" t="s">
         <v>607</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="D95" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E95" s="0" t="s">
         <v>608</v>
       </c>
-      <c r="D95" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F95" s="0" t="s">
-        <v>611</v>
+        <v>512</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>144</v>
+        <v>285</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>145</v>
+        <v>286</v>
       </c>
       <c r="I95" s="0" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>612</v>
       </c>
-      <c r="B96" s="0" t="s">
+      <c r="E96" s="0" t="s">
         <v>613</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="F96" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="G96" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H96" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="I96" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="J96" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="K96" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="L96" s="0" t="s">
         <v>614</v>
-      </c>
-[...16 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="B97" s="0" t="s">
         <v>616</v>
       </c>
-      <c r="B97" s="0" t="s">
+      <c r="C97" s="0" t="s">
         <v>617</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
         <v>618</v>
       </c>
-      <c r="D97" s="0" t="s">
+      <c r="E97" s="0" t="s">
         <v>619</v>
       </c>
-      <c r="E97" s="0" t="s">
+      <c r="F97" s="0" t="s">
         <v>620</v>
       </c>
-      <c r="F97" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G97" s="0" t="s">
-        <v>72</v>
+        <v>241</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>381</v>
+        <v>448</v>
       </c>
       <c r="I97" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J97" s="0" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="K97" s="0" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>622</v>
       </c>
-      <c r="B98" s="0" t="s">
+      <c r="C98" s="0" t="s">
         <v>623</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="D98" s="0" t="s">
         <v>624</v>
       </c>
-      <c r="D98" s="0" t="s">
+      <c r="E98" s="0" t="s">
         <v>625</v>
       </c>
-      <c r="E98" s="0" t="s">
+      <c r="F98" s="0" t="s">
         <v>626</v>
       </c>
-      <c r="F98" s="0" t="s">
+      <c r="G98" s="0" t="s">
         <v>627</v>
       </c>
-      <c r="G98" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H98" s="0" t="s">
-        <v>448</v>
+        <v>628</v>
       </c>
       <c r="I98" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J98" s="0" t="s">
-        <v>25</v>
+        <v>155</v>
+      </c>
+      <c r="K98" s="0" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>634</v>
+        <v>241</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>635</v>
+        <v>242</v>
       </c>
       <c r="I99" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J99" s="0" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="B100" s="0" t="s">
         <v>636</v>
       </c>
-      <c r="B100" s="0" t="s">
+      <c r="C100" s="0" t="s">
         <v>637</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="D100" s="0" t="s">
         <v>638</v>
       </c>
-      <c r="D100" s="0" t="s">
+      <c r="E100" s="0" t="s">
         <v>639</v>
       </c>
-      <c r="E100" s="0" t="s">
+      <c r="F100" s="0" t="s">
         <v>640</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>241</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>242</v>
+        <v>448</v>
       </c>
       <c r="I100" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J100" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="B101" s="0" t="s">
         <v>642</v>
       </c>
-      <c r="B101" s="0" t="s">
+      <c r="C101" s="0" t="s">
         <v>643</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>644</v>
       </c>
-      <c r="D101" s="0" t="s">
+      <c r="E101" s="0" t="s">
         <v>645</v>
       </c>
-      <c r="E101" s="0" t="s">
+      <c r="F101" s="0" t="s">
         <v>646</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>241</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>448</v>
       </c>
       <c r="I101" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J101" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="B102" s="0" t="s">
         <v>648</v>
       </c>
-      <c r="B102" s="0" t="s">
+      <c r="C102" s="0" t="s">
         <v>649</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>650</v>
       </c>
-      <c r="D102" s="0" t="s">
+      <c r="E102" s="0" t="s">
         <v>651</v>
       </c>
-      <c r="E102" s="0" t="s">
+      <c r="F102" s="0" t="s">
         <v>652</v>
       </c>
-      <c r="F102" s="0" t="s">
+      <c r="G102" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="H102" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="I102" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="J102" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="K102" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="L102" s="0" t="s">
         <v>653</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>654</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>655</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>656</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>657</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>658</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>659</v>
+        <v>343</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>322</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>323</v>
       </c>
       <c r="I103" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J103" s="0" t="s">
         <v>303</v>
       </c>
       <c r="K103" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="L103" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>660</v>
+      </c>
+      <c r="C104" s="0" t="s">
         <v>661</v>
       </c>
-      <c r="B104" s="0" t="s">
+      <c r="D104" s="0" t="s">
         <v>662</v>
       </c>
-      <c r="C104" s="0" t="s">
+      <c r="E104" s="0" t="s">
         <v>663</v>
       </c>
-      <c r="D104" s="0" t="s">
+      <c r="F104" s="0" t="s">
         <v>664</v>
       </c>
-      <c r="E104" s="0" t="s">
+      <c r="G104" s="0" t="s">
         <v>665</v>
       </c>
-      <c r="F104" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H104" s="0" t="s">
-        <v>323</v>
+        <v>666</v>
       </c>
       <c r="I104" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J104" s="0" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="K104" s="0" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="I105" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J105" s="0" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>680</v>
+        <v>241</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>681</v>
+        <v>242</v>
       </c>
       <c r="I106" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J106" s="0" t="s">
-        <v>155</v>
+        <v>25</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="B107" s="0" t="s">
         <v>682</v>
       </c>
-      <c r="B107" s="0" t="s">
+      <c r="C107" s="0" t="s">
         <v>683</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="D107" s="0" t="s">
         <v>684</v>
       </c>
-      <c r="D107" s="0" t="s">
+      <c r="E107" s="0" t="s">
         <v>685</v>
       </c>
-      <c r="E107" s="0" t="s">
+      <c r="F107" s="0" t="s">
         <v>686</v>
       </c>
-      <c r="F107" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G107" s="0" t="s">
-        <v>241</v>
+        <v>192</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>242</v>
+        <v>193</v>
       </c>
       <c r="I107" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J107" s="0" t="s">
-        <v>25</v>
+        <v>194</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="B108" s="0" t="s">
         <v>688</v>
       </c>
-      <c r="B108" s="0" t="s">
+      <c r="C108" s="0" t="s">
         <v>689</v>
       </c>
-      <c r="C108" s="0" t="s">
+      <c r="D108" s="0" t="s">
         <v>690</v>
       </c>
-      <c r="D108" s="0" t="s">
+      <c r="E108" s="0" t="s">
         <v>691</v>
       </c>
-      <c r="E108" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F108" s="0" t="s">
-        <v>693</v>
+        <v>56</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>192</v>
+        <v>57</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>193</v>
+        <v>501</v>
       </c>
       <c r="I108" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J108" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="K108" s="0" t="s">
         <v>194</v>
+      </c>
+      <c r="L108" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="M108" s="0" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="C109" s="0" t="s">
         <v>694</v>
       </c>
-      <c r="B109" s="0" t="s">
+      <c r="D109" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E109" s="0" t="s">
         <v>695</v>
-      </c>
-[...7 lines deleted...]
-        <v>698</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>501</v>
       </c>
       <c r="I109" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J109" s="0" t="s">
-        <v>155</v>
-[...7 lines deleted...]
-      <c r="M109" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="D110" s="0" t="s">
         <v>699</v>
       </c>
-      <c r="B110" s="0" t="s">
+      <c r="E110" s="0" t="s">
         <v>700</v>
       </c>
-      <c r="C110" s="0" t="s">
+      <c r="F110" s="0" t="s">
         <v>701</v>
       </c>
-      <c r="D110" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E110" s="0" t="s">
+      <c r="G110" s="0" t="s">
         <v>702</v>
       </c>
-      <c r="F110" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H110" s="0" t="s">
-        <v>501</v>
+        <v>703</v>
       </c>
       <c r="I110" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J110" s="0" t="s">
-        <v>24</v>
+        <v>704</v>
+      </c>
+      <c r="K110" s="0" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>706</v>
+        <v>18</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>709</v>
+        <v>21</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>710</v>
+        <v>381</v>
       </c>
       <c r="I111" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J111" s="0" t="s">
-        <v>711</v>
+        <v>24</v>
       </c>
       <c r="K111" s="0" t="s">
-        <v>25</v>
+        <v>194</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>712</v>
       </c>
-      <c r="B112" s="0" t="s">
+      <c r="D112" s="0" t="s">
         <v>713</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="E112" s="0" t="s">
         <v>714</v>
       </c>
-      <c r="D112" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E112" s="0" t="s">
+      <c r="F112" s="0" t="s">
         <v>715</v>
       </c>
-      <c r="F112" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G112" s="0" t="s">
-        <v>21</v>
+        <v>301</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>381</v>
+        <v>302</v>
       </c>
       <c r="I112" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J112" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>155</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="B113" s="0" t="s">
         <v>717</v>
       </c>
-      <c r="B113" s="0" t="s">
+      <c r="C113" s="0" t="s">
         <v>718</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="D113" s="0" t="s">
         <v>719</v>
       </c>
-      <c r="D113" s="0" t="s">
+      <c r="E113" s="0" t="s">
         <v>720</v>
       </c>
-      <c r="E113" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F113" s="0" t="s">
-        <v>722</v>
+        <v>263</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>301</v>
+        <v>192</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>302</v>
+        <v>193</v>
       </c>
       <c r="I113" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J113" s="0" t="s">
-        <v>155</v>
+        <v>34</v>
+      </c>
+      <c r="K113" s="0" t="s">
+        <v>194</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="C114" s="0" t="s">
         <v>723</v>
       </c>
-      <c r="B114" s="0" t="s">
+      <c r="D114" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E114" s="0" t="s">
         <v>724</v>
       </c>
-      <c r="C114" s="0" t="s">
+      <c r="F114" s="0" t="s">
         <v>725</v>
       </c>
-      <c r="D114" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G114" s="0" t="s">
-        <v>192</v>
+        <v>21</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>193</v>
+        <v>22</v>
       </c>
       <c r="I114" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J114" s="0" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="K114" s="0" t="s">
-        <v>194</v>
+        <v>25</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="C115" s="0" t="s">
         <v>728</v>
       </c>
-      <c r="B115" s="0" t="s">
+      <c r="D115" s="0" t="s">
         <v>729</v>
       </c>
-      <c r="C115" s="0" t="s">
+      <c r="E115" s="0" t="s">
         <v>730</v>
       </c>
-      <c r="D115" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="0" t="s">
+      <c r="F115" s="0" t="s">
         <v>731</v>
       </c>
-      <c r="F115" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G115" s="0" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="I115" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J115" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="B116" s="0" t="s">
         <v>733</v>
       </c>
-      <c r="B116" s="0" t="s">
+      <c r="C116" s="0" t="s">
         <v>734</v>
       </c>
-      <c r="C116" s="0" t="s">
+      <c r="D116" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E116" s="0" t="s">
         <v>735</v>
       </c>
-      <c r="D116" s="0" t="s">
+      <c r="F116" s="0" t="s">
         <v>736</v>
       </c>
-      <c r="E116" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G116" s="0" t="s">
-        <v>125</v>
+        <v>178</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>126</v>
+        <v>179</v>
       </c>
       <c r="I116" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J116" s="0" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>738</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>739</v>
-      </c>
-[...4 lines deleted...]
-        <v>741</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="I117" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J117" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="C118" s="0" t="s">
         <v>744</v>
-      </c>
-[...4 lines deleted...]
-        <v>746</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>178</v>
+        <v>21</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>185</v>
+        <v>22</v>
       </c>
       <c r="I118" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J118" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C119" s="0" t="s">
         <v>749</v>
-      </c>
-[...4 lines deleted...]
-        <v>751</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>753</v>
+        <v>746</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I119" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J119" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>22</v>
+        <v>381</v>
       </c>
       <c r="I120" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J120" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="C121" s="0" t="s">
         <v>758</v>
-      </c>
-[...4 lines deleted...]
-        <v>760</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>762</v>
+        <v>741</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>21</v>
+        <v>178</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>381</v>
+        <v>179</v>
       </c>
       <c r="I121" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J121" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>748</v>
+        <v>764</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>178</v>
+        <v>465</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>179</v>
+        <v>286</v>
       </c>
       <c r="I122" s="0" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="C123" s="0" t="s">
         <v>767</v>
       </c>
-      <c r="B123" s="0" t="s">
+      <c r="D123" s="0" t="s">
         <v>768</v>
       </c>
-      <c r="C123" s="0" t="s">
+      <c r="E123" s="0" t="s">
         <v>769</v>
       </c>
-      <c r="D123" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="0" t="s">
+      <c r="F123" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="G123" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H123" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="I123" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="J123" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="K123" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="L123" s="0" t="s">
         <v>770</v>
       </c>
-      <c r="F123" s="0" t="s">
+      <c r="M123" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="N123" s="0" t="s">
         <v>771</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>772</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>773</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>774</v>
       </c>
       <c r="D124" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E124" s="0" t="s">
         <v>775</v>
       </c>
-      <c r="E124" s="0" t="s">
+      <c r="F124" s="0" t="s">
         <v>776</v>
       </c>
-      <c r="F124" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G124" s="0" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>381</v>
       </c>
       <c r="I124" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J124" s="0" t="s">
-        <v>401</v>
-[...11 lines deleted...]
-        <v>778</v>
+        <v>24</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>778</v>
+      </c>
+      <c r="C125" s="0" t="s">
         <v>779</v>
       </c>
-      <c r="B125" s="0" t="s">
+      <c r="D125" s="0" t="s">
         <v>780</v>
       </c>
-      <c r="C125" s="0" t="s">
+      <c r="E125" s="0" t="s">
         <v>781</v>
       </c>
-      <c r="D125" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="0" t="s">
+      <c r="F125" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="G125" s="0" t="s">
         <v>782</v>
       </c>
-      <c r="F125" s="0" t="s">
+      <c r="H125" s="0" t="s">
         <v>783</v>
-      </c>
-[...4 lines deleted...]
-        <v>381</v>
       </c>
       <c r="I125" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J125" s="0" t="s">
         <v>24</v>
+      </c>
+      <c r="K125" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="L125" s="0" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>784</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>785</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>786</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>787</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>788</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>56</v>
+        <v>263</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>789</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>790</v>
+        <v>193</v>
       </c>
       <c r="I126" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J126" s="0" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>118</v>
+        <v>194</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="B127" s="0" t="s">
         <v>791</v>
       </c>
-      <c r="B127" s="0" t="s">
+      <c r="C127" s="0" t="s">
         <v>792</v>
       </c>
-      <c r="C127" s="0" t="s">
+      <c r="D127" s="0" t="s">
         <v>793</v>
       </c>
-      <c r="D127" s="0" t="s">
+      <c r="E127" s="0" t="s">
         <v>794</v>
       </c>
-      <c r="E127" s="0" t="s">
+      <c r="F127" s="0" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>796</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>193</v>
+        <v>448</v>
       </c>
       <c r="I127" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J127" s="0" t="s">
-        <v>194</v>
+        <v>25</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>797</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>798</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>799</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>800</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>801</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>802</v>
+        <v>56</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>803</v>
+        <v>782</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>448</v>
+        <v>58</v>
       </c>
       <c r="I128" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J128" s="0" t="s">
-        <v>25</v>
+        <v>194</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>803</v>
+      </c>
+      <c r="C129" s="0" t="s">
         <v>804</v>
       </c>
-      <c r="B129" s="0" t="s">
+      <c r="D129" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E129" s="0" t="s">
         <v>805</v>
-      </c>
-[...7 lines deleted...]
-        <v>808</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>789</v>
+        <v>57</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>58</v>
+        <v>501</v>
       </c>
       <c r="I129" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J129" s="0" t="s">
-        <v>194</v>
+        <v>24</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="D130" s="0" t="s">
         <v>809</v>
       </c>
-      <c r="B130" s="0" t="s">
+      <c r="E130" s="0" t="s">
         <v>810</v>
       </c>
-      <c r="C130" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F130" s="0" t="s">
-        <v>56</v>
+        <v>423</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>501</v>
+        <v>381</v>
       </c>
       <c r="I130" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J130" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="C131" s="0" t="s">
         <v>813</v>
       </c>
-      <c r="B131" s="0" t="s">
+      <c r="D131" s="0" t="s">
         <v>814</v>
       </c>
-      <c r="C131" s="0" t="s">
+      <c r="E131" s="0" t="s">
         <v>815</v>
       </c>
-      <c r="D131" s="0" t="s">
+      <c r="F131" s="0" t="s">
         <v>816</v>
       </c>
-      <c r="E131" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G131" s="0" t="s">
-        <v>72</v>
+        <v>782</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>381</v>
+        <v>58</v>
       </c>
       <c r="I131" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J131" s="0" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
+        <v>817</v>
+      </c>
+      <c r="B132" s="0" t="s">
         <v>818</v>
       </c>
-      <c r="B132" s="0" t="s">
+      <c r="C132" s="0" t="s">
         <v>819</v>
       </c>
-      <c r="C132" s="0" t="s">
+      <c r="D132" s="0" t="s">
         <v>820</v>
       </c>
-      <c r="D132" s="0" t="s">
+      <c r="E132" s="0" t="s">
         <v>821</v>
       </c>
-      <c r="E132" s="0" t="s">
+      <c r="F132" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="G132" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="H132" s="0" t="s">
         <v>822</v>
       </c>
-      <c r="F132" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I132" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J132" s="0" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
+        <v>823</v>
+      </c>
+      <c r="B133" s="0" t="s">
         <v>824</v>
       </c>
-      <c r="B133" s="0" t="s">
+      <c r="C133" s="0" t="s">
         <v>825</v>
       </c>
-      <c r="C133" s="0" t="s">
+      <c r="D133" s="0" t="s">
         <v>826</v>
       </c>
-      <c r="D133" s="0" t="s">
+      <c r="E133" s="0" t="s">
         <v>827</v>
       </c>
-      <c r="E133" s="0" t="s">
+      <c r="F133" s="0" t="s">
         <v>828</v>
       </c>
-      <c r="F133" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G133" s="0" t="s">
-        <v>153</v>
+        <v>789</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>829</v>
+        <v>193</v>
       </c>
       <c r="I133" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J133" s="0" t="s">
-        <v>34</v>
+        <v>194</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="B134" s="0" t="s">
         <v>830</v>
       </c>
-      <c r="B134" s="0" t="s">
+      <c r="C134" s="0" t="s">
         <v>831</v>
       </c>
-      <c r="C134" s="0" t="s">
+      <c r="D134" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E134" s="0" t="s">
         <v>832</v>
       </c>
-      <c r="D134" s="0" t="s">
+      <c r="F134" s="0" t="s">
         <v>833</v>
       </c>
-      <c r="E134" s="0" t="s">
+      <c r="G134" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="H134" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="I134" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="J134" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="K134" s="0" t="s">
         <v>834</v>
-      </c>
-[...13 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="B135" s="0" t="s">
         <v>836</v>
       </c>
-      <c r="B135" s="0" t="s">
+      <c r="C135" s="0" t="s">
         <v>837</v>
       </c>
-      <c r="C135" s="0" t="s">
+      <c r="D135" s="0" t="s">
         <v>838</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>839</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>840</v>
+        <v>776</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>789</v>
+        <v>21</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="I135" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J135" s="0" t="s">
-        <v>59</v>
+        <v>155</v>
       </c>
       <c r="K135" s="0" t="s">
-        <v>841</v>
+        <v>24</v>
+      </c>
+      <c r="L135" s="0" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="C136" s="0" t="s">
         <v>842</v>
       </c>
-      <c r="B136" s="0" t="s">
+      <c r="D136" s="0" t="s">
         <v>843</v>
       </c>
-      <c r="C136" s="0" t="s">
+      <c r="E136" s="0" t="s">
         <v>844</v>
       </c>
-      <c r="D136" s="0" t="s">
+      <c r="F136" s="0" t="s">
         <v>845</v>
       </c>
-      <c r="E136" s="0" t="s">
+      <c r="G136" s="0" t="s">
         <v>846</v>
       </c>
-      <c r="F136" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H136" s="0" t="s">
-        <v>22</v>
+        <v>847</v>
       </c>
       <c r="I136" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J136" s="0" t="s">
-        <v>155</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>194</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="B137" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>850</v>
+      </c>
+      <c r="D137" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="E137" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="F137" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="G137" s="0" t="s">
+        <v>846</v>
+      </c>
+      <c r="H137" s="0" t="s">
         <v>847</v>
-      </c>
-[...19 lines deleted...]
-        <v>854</v>
       </c>
       <c r="I137" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J137" s="0" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="B138" s="0" t="s">
+        <v>854</v>
+      </c>
+      <c r="C138" s="0" t="s">
         <v>855</v>
       </c>
-      <c r="B138" s="0" t="s">
+      <c r="D138" s="0" t="s">
         <v>856</v>
       </c>
-      <c r="C138" s="0" t="s">
+      <c r="E138" s="0" t="s">
         <v>857</v>
       </c>
-      <c r="D138" s="0" t="s">
+      <c r="F138" s="0" t="s">
         <v>858</v>
       </c>
-      <c r="E138" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G138" s="0" t="s">
-        <v>853</v>
+        <v>322</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>854</v>
+        <v>302</v>
       </c>
       <c r="I138" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J138" s="0" t="s">
-        <v>194</v>
+        <v>25</v>
+      </c>
+      <c r="K138" s="0" t="s">
+        <v>303</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="B139" s="0" t="s">
         <v>860</v>
       </c>
-      <c r="B139" s="0" t="s">
+      <c r="C139" s="0" t="s">
         <v>861</v>
       </c>
-      <c r="C139" s="0" t="s">
+      <c r="D139" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E139" s="0" t="s">
         <v>862</v>
       </c>
-      <c r="D139" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F139" s="0" t="s">
-        <v>865</v>
+        <v>400</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>322</v>
+        <v>72</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>302</v>
+        <v>381</v>
       </c>
       <c r="I139" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J139" s="0" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>303</v>
+        <v>401</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E140" s="0" t="s">
+        <v>866</v>
+      </c>
+      <c r="F140" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="G140" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="H140" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="I140" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="J140" s="0" t="s">
         <v>869</v>
       </c>
-      <c r="F140" s="0" t="s">
-[...12 lines deleted...]
-        <v>401</v>
+      <c r="K140" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="L140" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="M140" s="0" t="s">
+        <v>243</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
         <v>870</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>871</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>872</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>18</v>
+        <v>873</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>672</v>
+        <v>876</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="I141" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J141" s="0" t="s">
-        <v>876</v>
+        <v>155</v>
       </c>
       <c r="K141" s="0" t="s">
-        <v>155</v>
-[...5 lines deleted...]
-        <v>243</v>
+        <v>303</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>884</v>
+        <v>302</v>
       </c>
       <c r="I142" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J142" s="0" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>885</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>886</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>887</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>888</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>889</v>
       </c>
       <c r="F143" s="0" t="s">
         <v>890</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>891</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>302</v>
+        <v>33</v>
       </c>
       <c r="I143" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J143" s="0" t="s">
-        <v>155</v>
+        <v>194</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>892</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>893</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>894</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>895</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>896</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>897</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>898</v>
+        <v>72</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>33</v>
+        <v>381</v>
       </c>
       <c r="I144" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J144" s="0" t="s">
-        <v>194</v>
+        <v>25</v>
+      </c>
+      <c r="K144" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="M144" s="0" t="s">
+        <v>704</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
+        <v>898</v>
+      </c>
+      <c r="B145" s="0" t="s">
         <v>899</v>
       </c>
-      <c r="B145" s="0" t="s">
+      <c r="C145" s="0" t="s">
         <v>900</v>
       </c>
-      <c r="C145" s="0" t="s">
+      <c r="D145" s="0" t="s">
         <v>901</v>
       </c>
-      <c r="D145" s="0" t="s">
+      <c r="E145" s="0" t="s">
         <v>902</v>
       </c>
-      <c r="E145" s="0" t="s">
+      <c r="F145" s="0" t="s">
         <v>903</v>
       </c>
-      <c r="F145" s="0" t="s">
+      <c r="G145" s="0" t="s">
         <v>904</v>
       </c>
-      <c r="G145" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H145" s="0" t="s">
-        <v>381</v>
+        <v>905</v>
       </c>
       <c r="I145" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J145" s="0" t="s">
-        <v>25</v>
-[...8 lines deleted...]
-        <v>711</v>
+        <v>34</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>910</v>
+        <v>133</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>911</v>
+        <v>125</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>912</v>
+        <v>126</v>
       </c>
       <c r="I146" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J146" s="0" t="s">
         <v>34</v>
       </c>
+      <c r="K146" s="0" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
+        <v>911</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>912</v>
+      </c>
+      <c r="C147" s="0" t="s">
         <v>913</v>
       </c>
-      <c r="B147" s="0" t="s">
+      <c r="D147" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E147" s="0" t="s">
         <v>914</v>
       </c>
-      <c r="C147" s="0" t="s">
+      <c r="F147" s="0" t="s">
         <v>915</v>
       </c>
-      <c r="D147" s="0" t="s">
+      <c r="G147" s="0" t="s">
         <v>916</v>
       </c>
-      <c r="E147" s="0" t="s">
+      <c r="H147" s="0" t="s">
         <v>917</v>
       </c>
-      <c r="F147" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I147" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J147" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
         <v>918</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>919</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>920</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>18</v>
+        <v>921</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>922</v>
+        <v>400</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>923</v>
+        <v>72</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>924</v>
+        <v>381</v>
       </c>
       <c r="I148" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J148" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
+      </c>
+      <c r="K148" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="L148" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="M148" s="0" t="s">
+        <v>243</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
+        <v>923</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>924</v>
+      </c>
+      <c r="C149" s="0" t="s">
         <v>925</v>
       </c>
-      <c r="B149" s="0" t="s">
+      <c r="D149" s="0" t="s">
         <v>926</v>
       </c>
-      <c r="C149" s="0" t="s">
+      <c r="E149" s="0" t="s">
         <v>927</v>
       </c>
-      <c r="D149" s="0" t="s">
+      <c r="F149" s="0" t="s">
         <v>928</v>
       </c>
-      <c r="E149" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G149" s="0" t="s">
-        <v>72</v>
+        <v>370</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>381</v>
+        <v>323</v>
       </c>
       <c r="I149" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J149" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="K149" s="0" t="s">
-        <v>401</v>
-[...5 lines deleted...]
-        <v>243</v>
+        <v>155</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
+        <v>929</v>
+      </c>
+      <c r="B150" s="0" t="s">
         <v>930</v>
       </c>
-      <c r="B150" s="0" t="s">
+      <c r="C150" s="0" t="s">
         <v>931</v>
       </c>
-      <c r="C150" s="0" t="s">
+      <c r="D150" s="0" t="s">
         <v>932</v>
       </c>
-      <c r="D150" s="0" t="s">
+      <c r="E150" s="0" t="s">
         <v>933</v>
       </c>
-      <c r="E150" s="0" t="s">
+      <c r="F150" s="0" t="s">
         <v>934</v>
       </c>
-      <c r="F150" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G150" s="0" t="s">
-        <v>370</v>
+        <v>424</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>323</v>
+        <v>22</v>
       </c>
       <c r="I150" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J150" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>25</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
+        <v>935</v>
+      </c>
+      <c r="B151" s="0" t="s">
         <v>936</v>
       </c>
-      <c r="B151" s="0" t="s">
+      <c r="C151" s="0" t="s">
         <v>937</v>
       </c>
-      <c r="C151" s="0" t="s">
+      <c r="D151" s="0" t="s">
         <v>938</v>
       </c>
-      <c r="D151" s="0" t="s">
+      <c r="E151" s="0" t="s">
         <v>939</v>
       </c>
-      <c r="E151" s="0" t="s">
+      <c r="F151" s="0" t="s">
         <v>940</v>
       </c>
-      <c r="F151" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G151" s="0" t="s">
-        <v>424</v>
+        <v>241</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>22</v>
+        <v>242</v>
       </c>
       <c r="I151" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J151" s="0" t="s">
         <v>25</v>
       </c>
+      <c r="K151" s="0" t="s">
+        <v>243</v>
+      </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="B152" s="0" t="s">
         <v>942</v>
       </c>
-      <c r="B152" s="0" t="s">
+      <c r="C152" s="0" t="s">
         <v>943</v>
       </c>
-      <c r="C152" s="0" t="s">
+      <c r="D152" s="0" t="s">
         <v>944</v>
       </c>
-      <c r="D152" s="0" t="s">
+      <c r="E152" s="0" t="s">
         <v>945</v>
       </c>
-      <c r="E152" s="0" t="s">
+      <c r="F152" s="0" t="s">
         <v>946</v>
       </c>
-      <c r="F152" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G152" s="0" t="s">
-        <v>241</v>
+        <v>876</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>242</v>
+        <v>877</v>
       </c>
       <c r="I152" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J152" s="0" t="s">
-        <v>25</v>
+        <v>303</v>
       </c>
       <c r="K152" s="0" t="s">
-        <v>243</v>
+        <v>155</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
+        <v>947</v>
+      </c>
+      <c r="B153" s="0" t="s">
         <v>948</v>
       </c>
-      <c r="B153" s="0" t="s">
+      <c r="C153" s="0" t="s">
         <v>949</v>
       </c>
-      <c r="C153" s="0" t="s">
+      <c r="D153" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E153" s="0" t="s">
         <v>950</v>
       </c>
-      <c r="D153" s="0" t="s">
+      <c r="F153" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="G153" s="0" t="s">
         <v>951</v>
       </c>
-      <c r="E153" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H153" s="0" t="s">
-        <v>884</v>
+        <v>302</v>
       </c>
       <c r="I153" s="0" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
+        <v>952</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="C154" s="0" t="s">
         <v>954</v>
       </c>
-      <c r="B154" s="0" t="s">
+      <c r="D154" s="0" t="s">
         <v>955</v>
       </c>
-      <c r="C154" s="0" t="s">
+      <c r="E154" s="0" t="s">
         <v>956</v>
       </c>
-      <c r="D154" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="0" t="s">
+      <c r="F154" s="0" t="s">
         <v>957</v>
       </c>
-      <c r="F154" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G154" s="0" t="s">
-        <v>958</v>
+        <v>301</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>302</v>
       </c>
       <c r="I154" s="0" t="s">
         <v>23</v>
       </c>
+      <c r="J154" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="K154" s="0" t="s">
+        <v>303</v>
+      </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
+        <v>958</v>
+      </c>
+      <c r="B155" s="0" t="s">
         <v>959</v>
       </c>
-      <c r="B155" s="0" t="s">
+      <c r="C155" s="0" t="s">
         <v>960</v>
       </c>
-      <c r="C155" s="0" t="s">
+      <c r="D155" s="0" t="s">
         <v>961</v>
       </c>
-      <c r="D155" s="0" t="s">
+      <c r="E155" s="0" t="s">
         <v>962</v>
       </c>
-      <c r="E155" s="0" t="s">
+      <c r="F155" s="0" t="s">
         <v>963</v>
       </c>
-      <c r="F155" s="0" t="s">
+      <c r="G155" s="0" t="s">
         <v>964</v>
       </c>
-      <c r="G155" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H155" s="0" t="s">
-        <v>302</v>
+        <v>965</v>
       </c>
       <c r="I155" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J155" s="0" t="s">
-        <v>155</v>
+        <v>195</v>
       </c>
       <c r="K155" s="0" t="s">
-        <v>303</v>
+        <v>25</v>
+      </c>
+      <c r="L155" s="0" t="s">
+        <v>966</v>
+      </c>
+      <c r="M155" s="0" t="s">
+        <v>967</v>
+      </c>
+      <c r="N155" s="0" t="s">
+        <v>968</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>968</v>
+        <v>18</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>971</v>
+        <v>472</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>972</v>
+        <v>242</v>
       </c>
       <c r="I156" s="0" t="s">
         <v>23</v>
-      </c>
-[...13 lines deleted...]
-        <v>975</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
+        <v>974</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>975</v>
+      </c>
+      <c r="C157" s="0" t="s">
         <v>976</v>
       </c>
-      <c r="B157" s="0" t="s">
+      <c r="D157" s="0" t="s">
         <v>977</v>
       </c>
-      <c r="C157" s="0" t="s">
+      <c r="E157" s="0" t="s">
         <v>978</v>
       </c>
-      <c r="D157" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="0" t="s">
+      <c r="F157" s="0" t="s">
         <v>979</v>
       </c>
-      <c r="F157" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G157" s="0" t="s">
-        <v>472</v>
+        <v>322</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>242</v>
+        <v>302</v>
       </c>
       <c r="I157" s="0" t="s">
         <v>23</v>
+      </c>
+      <c r="J157" s="0" t="s">
+        <v>155</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
+        <v>980</v>
+      </c>
+      <c r="B158" s="0" t="s">
         <v>981</v>
       </c>
-      <c r="B158" s="0" t="s">
+      <c r="C158" s="0" t="s">
         <v>982</v>
       </c>
-      <c r="C158" s="0" t="s">
+      <c r="D158" s="0" t="s">
         <v>983</v>
       </c>
-      <c r="D158" s="0" t="s">
+      <c r="E158" s="0" t="s">
         <v>984</v>
       </c>
-      <c r="E158" s="0" t="s">
+      <c r="F158" s="0" t="s">
         <v>985</v>
       </c>
-      <c r="F158" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G158" s="0" t="s">
-        <v>322</v>
+        <v>576</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>302</v>
+        <v>58</v>
       </c>
       <c r="I158" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J158" s="0" t="s">
-        <v>155</v>
+        <v>59</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
+        <v>986</v>
+      </c>
+      <c r="B159" s="0" t="s">
         <v>987</v>
       </c>
-      <c r="B159" s="0" t="s">
+      <c r="C159" s="0" t="s">
         <v>988</v>
       </c>
-      <c r="C159" s="0" t="s">
+      <c r="D159" s="0" t="s">
         <v>989</v>
       </c>
-      <c r="D159" s="0" t="s">
+      <c r="E159" s="0" t="s">
         <v>990</v>
       </c>
-      <c r="E159" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F159" s="0" t="s">
-        <v>992</v>
+        <v>400</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>583</v>
+        <v>72</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>58</v>
+        <v>381</v>
       </c>
       <c r="I159" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J159" s="0" t="s">
         <v>59</v>
+      </c>
+      <c r="K159" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="L159" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="M159" s="0" t="s">
+        <v>991</v>
+      </c>
+      <c r="N159" s="0" t="s">
+        <v>992</v>
+      </c>
+      <c r="O159" s="0" t="s">
+        <v>614</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>993</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>994</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>995</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>996</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>997</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>400</v>
+        <v>998</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>72</v>
+        <v>241</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>381</v>
+        <v>448</v>
       </c>
       <c r="I160" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J160" s="0" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="L160" s="0" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="B161" s="0" t="s">
         <v>1000</v>
       </c>
-      <c r="B161" s="0" t="s">
+      <c r="C161" s="0" t="s">
         <v>1001</v>
       </c>
-      <c r="C161" s="0" t="s">
+      <c r="D161" s="0" t="s">
         <v>1002</v>
       </c>
-      <c r="D161" s="0" t="s">
+      <c r="E161" s="0" t="s">
         <v>1003</v>
       </c>
-      <c r="E161" s="0" t="s">
+      <c r="F161" s="0" t="s">
         <v>1004</v>
       </c>
-      <c r="F161" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G161" s="0" t="s">
-        <v>241</v>
+        <v>72</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>448</v>
+        <v>381</v>
       </c>
       <c r="I161" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J161" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="K161" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B162" s="0" t="s">
         <v>1006</v>
       </c>
-      <c r="B162" s="0" t="s">
+      <c r="C162" s="0" t="s">
         <v>1007</v>
       </c>
-      <c r="C162" s="0" t="s">
+      <c r="D162" s="0" t="s">
         <v>1008</v>
       </c>
-      <c r="D162" s="0" t="s">
+      <c r="E162" s="0" t="s">
         <v>1009</v>
       </c>
-      <c r="E162" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F162" s="0" t="s">
-        <v>1011</v>
+        <v>400</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>381</v>
       </c>
       <c r="I162" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J162" s="0" t="s">
-        <v>194</v>
+        <v>401</v>
       </c>
       <c r="K162" s="0" t="s">
         <v>25</v>
       </c>
+      <c r="L162" s="0" t="s">
+        <v>382</v>
+      </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C163" s="0" t="s">
         <v>1012</v>
       </c>
-      <c r="B163" s="0" t="s">
+      <c r="D163" s="0" t="s">
         <v>1013</v>
       </c>
-      <c r="C163" s="0" t="s">
+      <c r="E163" s="0" t="s">
         <v>1014</v>
       </c>
-      <c r="D163" s="0" t="s">
+      <c r="F163" s="0" t="s">
         <v>1015</v>
       </c>
-      <c r="E163" s="0" t="s">
+      <c r="G163" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="H163" s="0" t="s">
         <v>1016</v>
       </c>
-      <c r="F163" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I163" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J163" s="0" t="s">
-        <v>401</v>
-[...5 lines deleted...]
-        <v>382</v>
+        <v>155</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>1017</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>1018</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>1019</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>1020</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>1021</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>1022</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>672</v>
+        <v>72</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>1023</v>
+        <v>381</v>
       </c>
       <c r="I164" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J164" s="0" t="s">
-        <v>155</v>
+        <v>25</v>
+      </c>
+      <c r="K164" s="0" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B165" s="0" t="s">
         <v>1024</v>
       </c>
-      <c r="B165" s="0" t="s">
+      <c r="C165" s="0" t="s">
         <v>1025</v>
       </c>
-      <c r="C165" s="0" t="s">
+      <c r="D165" s="0" t="s">
         <v>1026</v>
       </c>
-      <c r="D165" s="0" t="s">
+      <c r="E165" s="0" t="s">
         <v>1027</v>
       </c>
-      <c r="E165" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F165" s="0" t="s">
-        <v>1029</v>
+        <v>1022</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>381</v>
       </c>
       <c r="I165" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J165" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="K165" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="K165" s="0" t="s">
+      <c r="L165" s="0" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C166" s="0" t="s">
         <v>1030</v>
       </c>
-      <c r="B166" s="0" t="s">
+      <c r="D166" s="0" t="s">
         <v>1031</v>
       </c>
-      <c r="C166" s="0" t="s">
+      <c r="E166" s="0" t="s">
         <v>1032</v>
       </c>
-      <c r="D166" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F166" s="0" t="s">
-        <v>1029</v>
+        <v>1022</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>381</v>
       </c>
       <c r="I166" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J166" s="0" t="s">
-        <v>194</v>
+        <v>25</v>
       </c>
       <c r="K166" s="0" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B167" s="0" t="s">
         <v>1035</v>
       </c>
-      <c r="B167" s="0" t="s">
+      <c r="C167" s="0" t="s">
         <v>1036</v>
       </c>
-      <c r="C167" s="0" t="s">
+      <c r="D167" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E167" s="0" t="s">
         <v>1037</v>
       </c>
-      <c r="D167" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F167" s="0" t="s">
-        <v>1029</v>
+        <v>481</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>72</v>
+        <v>482</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>381</v>
+        <v>117</v>
       </c>
       <c r="I167" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J167" s="0" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>1040</v>
+        <v>483</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D168" s="0" t="s">
         <v>1041</v>
       </c>
-      <c r="B168" s="0" t="s">
+      <c r="E168" s="0" t="s">
         <v>1042</v>
       </c>
-      <c r="C168" s="0" t="s">
+      <c r="F168" s="0" t="s">
         <v>1043</v>
       </c>
-      <c r="D168" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G168" s="0" t="s">
-        <v>482</v>
+        <v>21</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>117</v>
+        <v>381</v>
       </c>
       <c r="I168" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J168" s="0" t="s">
-        <v>483</v>
+        <v>24</v>
+      </c>
+      <c r="K168" s="0" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B169" s="0" t="s">
         <v>1045</v>
       </c>
-      <c r="B169" s="0" t="s">
+      <c r="C169" s="0" t="s">
         <v>1046</v>
       </c>
-      <c r="C169" s="0" t="s">
+      <c r="D169" s="0" t="s">
         <v>1047</v>
       </c>
-      <c r="D169" s="0" t="s">
+      <c r="E169" s="0" t="s">
         <v>1048</v>
       </c>
-      <c r="E169" s="0" t="s">
+      <c r="F169" s="0" t="s">
         <v>1049</v>
-      </c>
-[...1 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>381</v>
+        <v>22</v>
       </c>
       <c r="I169" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J169" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="K169" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="L169" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="M169" s="0" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B170" s="0" t="s">
         <v>1051</v>
       </c>
-      <c r="B170" s="0" t="s">
+      <c r="C170" s="0" t="s">
         <v>1052</v>
       </c>
-      <c r="C170" s="0" t="s">
+      <c r="D170" s="0" t="s">
         <v>1053</v>
       </c>
-      <c r="D170" s="0" t="s">
+      <c r="E170" s="0" t="s">
         <v>1054</v>
       </c>
-      <c r="E170" s="0" t="s">
+      <c r="F170" s="0" t="s">
         <v>1055</v>
       </c>
-      <c r="F170" s="0" t="s">
+      <c r="G170" s="0" t="s">
         <v>1056</v>
       </c>
-      <c r="G170" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H170" s="0" t="s">
-        <v>22</v>
+        <v>242</v>
       </c>
       <c r="I170" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J170" s="0" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="K170" s="0" t="s">
-        <v>118</v>
+        <v>25</v>
       </c>
       <c r="L170" s="0" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>155</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
         <v>1057</v>
       </c>
       <c r="B171" s="0" t="s">
         <v>1058</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>1059</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>1060</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>1061</v>
       </c>
       <c r="F171" s="0" t="s">
         <v>1062</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>1063</v>
+        <v>116</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>242</v>
+        <v>117</v>
       </c>
       <c r="I171" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J171" s="0" t="s">
-        <v>24</v>
+        <v>195</v>
       </c>
       <c r="K171" s="0" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>194</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B172" s="0" t="s">
         <v>1064</v>
       </c>
-      <c r="B172" s="0" t="s">
+      <c r="C172" s="0" t="s">
         <v>1065</v>
       </c>
-      <c r="C172" s="0" t="s">
+      <c r="D172" s="0" t="s">
         <v>1066</v>
       </c>
-      <c r="D172" s="0" t="s">
+      <c r="E172" s="0" t="s">
         <v>1067</v>
       </c>
-      <c r="E172" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F172" s="0" t="s">
-        <v>1069</v>
+        <v>195</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>116</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>117</v>
       </c>
       <c r="I172" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J172" s="0" t="s">
         <v>195</v>
       </c>
       <c r="K172" s="0" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C173" s="0" t="s">
         <v>1070</v>
       </c>
-      <c r="B173" s="0" t="s">
+      <c r="D173" s="0" t="s">
         <v>1071</v>
       </c>
-      <c r="C173" s="0" t="s">
+      <c r="E173" s="0" t="s">
         <v>1072</v>
-      </c>
-[...4 lines deleted...]
-        <v>1074</v>
       </c>
       <c r="F173" s="0" t="s">
         <v>195</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>116</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>117</v>
       </c>
       <c r="I173" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J173" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="K173" s="0" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B174" s="0" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C174" s="0" t="s">
         <v>1075</v>
       </c>
-      <c r="B174" s="0" t="s">
+      <c r="D174" s="0" t="s">
         <v>1076</v>
       </c>
-      <c r="C174" s="0" t="s">
+      <c r="E174" s="0" t="s">
         <v>1077</v>
-      </c>
-[...4 lines deleted...]
-        <v>1079</v>
       </c>
       <c r="F174" s="0" t="s">
         <v>195</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>116</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>117</v>
       </c>
       <c r="I174" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J174" s="0" t="s">
         <v>194</v>
       </c>
       <c r="K174" s="0" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C175" s="0" t="s">
         <v>1080</v>
       </c>
-      <c r="B175" s="0" t="s">
+      <c r="D175" s="0" t="s">
         <v>1081</v>
       </c>
-      <c r="C175" s="0" t="s">
+      <c r="E175" s="0" t="s">
         <v>1082</v>
-      </c>
-[...4 lines deleted...]
-        <v>1084</v>
       </c>
       <c r="F175" s="0" t="s">
         <v>195</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>116</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>117</v>
       </c>
       <c r="I175" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J175" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="K175" s="0" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C176" s="0" t="s">
         <v>1085</v>
       </c>
-      <c r="B176" s="0" t="s">
+      <c r="D176" s="0" t="s">
         <v>1086</v>
       </c>
-      <c r="C176" s="0" t="s">
+      <c r="E176" s="0" t="s">
         <v>1087</v>
-      </c>
-[...4 lines deleted...]
-        <v>1089</v>
       </c>
       <c r="F176" s="0" t="s">
         <v>195</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>116</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>117</v>
       </c>
       <c r="I176" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J176" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="K176" s="0" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C177" s="0" t="s">
         <v>1090</v>
       </c>
-      <c r="B177" s="0" t="s">
+      <c r="D177" s="0" t="s">
         <v>1091</v>
       </c>
-      <c r="C177" s="0" t="s">
+      <c r="E177" s="0" t="s">
         <v>1092</v>
-      </c>
-[...4 lines deleted...]
-        <v>1094</v>
       </c>
       <c r="F177" s="0" t="s">
         <v>195</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>116</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>117</v>
       </c>
       <c r="I177" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J177" s="0" t="s">
         <v>194</v>
       </c>
       <c r="K177" s="0" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C178" s="0" t="s">
         <v>1095</v>
       </c>
-      <c r="B178" s="0" t="s">
+      <c r="D178" s="0" t="s">
         <v>1096</v>
       </c>
-      <c r="C178" s="0" t="s">
+      <c r="E178" s="0" t="s">
         <v>1097</v>
       </c>
-      <c r="D178" s="0" t="s">
+      <c r="F178" s="0" t="s">
         <v>1098</v>
       </c>
-      <c r="E178" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G178" s="0" t="s">
-        <v>116</v>
+        <v>891</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>117</v>
+        <v>905</v>
       </c>
       <c r="I178" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J178" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="K178" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B179" s="0" t="s">
         <v>1100</v>
       </c>
-      <c r="B179" s="0" t="s">
+      <c r="C179" s="0" t="s">
         <v>1101</v>
       </c>
-      <c r="C179" s="0" t="s">
+      <c r="D179" s="0" t="s">
         <v>1102</v>
       </c>
-      <c r="D179" s="0" t="s">
+      <c r="E179" s="0" t="s">
         <v>1103</v>
       </c>
-      <c r="E179" s="0" t="s">
+      <c r="F179" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="G179" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="H179" s="0" t="s">
         <v>1104</v>
-      </c>
-[...7 lines deleted...]
-        <v>912</v>
       </c>
       <c r="I179" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J179" s="0" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B180" s="0" t="s">
         <v>1106</v>
       </c>
-      <c r="B180" s="0" t="s">
+      <c r="C180" s="0" t="s">
         <v>1107</v>
       </c>
-      <c r="C180" s="0" t="s">
+      <c r="D180" s="0" t="s">
         <v>1108</v>
       </c>
-      <c r="D180" s="0" t="s">
+      <c r="E180" s="0" t="s">
         <v>1109</v>
       </c>
-      <c r="E180" s="0" t="s">
+      <c r="F180" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="G180" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="H180" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="I180" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="J180" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="K180" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="L180" s="0" t="s">
         <v>1110</v>
       </c>
-      <c r="F180" s="0" t="s">
-[...5 lines deleted...]
-      <c r="H180" s="0" t="s">
+      <c r="M180" s="0" t="s">
         <v>1111</v>
       </c>
-      <c r="I180" s="0" t="s">
-[...3 lines deleted...]
-        <v>194</v>
+      <c r="N180" s="0" t="s">
+        <v>1112</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>1115</v>
+        <v>18</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>1116</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>400</v>
+        <v>897</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>381</v>
       </c>
       <c r="I181" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J181" s="0" t="s">
-        <v>25</v>
+        <v>401</v>
       </c>
       <c r="K181" s="0" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="L181" s="0" t="s">
         <v>1117</v>
-      </c>
-[...4 lines deleted...]
-        <v>1119</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C182" s="0" t="s">
         <v>1120</v>
-      </c>
-[...4 lines deleted...]
-        <v>1122</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>1123</v>
+        <v>1121</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>904</v>
+        <v>1122</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>381</v>
+        <v>22</v>
       </c>
       <c r="I182" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J182" s="0" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>1124</v>
+        <v>24</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C183" s="0" t="s">
         <v>1125</v>
       </c>
-      <c r="B183" s="0" t="s">
+      <c r="D183" s="0" t="s">
         <v>1126</v>
       </c>
-      <c r="C183" s="0" t="s">
+      <c r="E183" s="0" t="s">
         <v>1127</v>
       </c>
-      <c r="D183" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E183" s="0" t="s">
+      <c r="F183" s="0" t="s">
         <v>1128</v>
       </c>
-      <c r="F183" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G183" s="0" t="s">
-        <v>21</v>
+        <v>370</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>22</v>
+        <v>323</v>
       </c>
       <c r="I183" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J183" s="0" t="s">
-        <v>24</v>
+        <v>155</v>
+      </c>
+      <c r="K183" s="0" t="s">
+        <v>834</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B184" s="0" t="s">
         <v>1130</v>
       </c>
-      <c r="B184" s="0" t="s">
+      <c r="C184" s="0" t="s">
         <v>1131</v>
       </c>
-      <c r="C184" s="0" t="s">
+      <c r="D184" s="0" t="s">
         <v>1132</v>
       </c>
-      <c r="D184" s="0" t="s">
+      <c r="E184" s="0" t="s">
         <v>1133</v>
       </c>
-      <c r="E184" s="0" t="s">
+      <c r="F184" s="0" t="s">
         <v>1134</v>
       </c>
-      <c r="F184" s="0" t="s">
+      <c r="G184" s="0" t="s">
         <v>1135</v>
       </c>
-      <c r="G184" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H184" s="0" t="s">
-        <v>323</v>
+        <v>1136</v>
       </c>
       <c r="I184" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J184" s="0" t="s">
-        <v>155</v>
+        <v>483</v>
       </c>
       <c r="K184" s="0" t="s">
-        <v>841</v>
+        <v>25</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="F185" s="0" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>1142</v>
+        <v>125</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>1143</v>
+        <v>126</v>
       </c>
       <c r="I185" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J185" s="0" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B186" s="0" t="s">
         <v>1144</v>
       </c>
-      <c r="B186" s="0" t="s">
+      <c r="C186" s="0" t="s">
         <v>1145</v>
       </c>
-      <c r="C186" s="0" t="s">
+      <c r="D186" s="0" t="s">
         <v>1146</v>
       </c>
-      <c r="D186" s="0" t="s">
+      <c r="E186" s="0" t="s">
         <v>1147</v>
       </c>
-      <c r="E186" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F186" s="0" t="s">
-        <v>1149</v>
+        <v>303</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>125</v>
+        <v>322</v>
       </c>
       <c r="H186" s="0" t="s">
-        <v>126</v>
+        <v>302</v>
       </c>
       <c r="I186" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J186" s="0" t="s">
-        <v>34</v>
+        <v>155</v>
+      </c>
+      <c r="K186" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="L186" s="0" t="s">
+        <v>352</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C187" s="0" t="s">
         <v>1150</v>
       </c>
-      <c r="B187" s="0" t="s">
+      <c r="D187" s="0" t="s">
         <v>1151</v>
       </c>
-      <c r="C187" s="0" t="s">
+      <c r="E187" s="0" t="s">
         <v>1152</v>
       </c>
-      <c r="D187" s="0" t="s">
+      <c r="F187" s="0" t="s">
         <v>1153</v>
       </c>
-      <c r="E187" s="0" t="s">
+      <c r="G187" s="0" t="s">
         <v>1154</v>
       </c>
-      <c r="F187" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H187" s="0" t="s">
-        <v>302</v>
+        <v>242</v>
       </c>
       <c r="I187" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J187" s="0" t="s">
-        <v>155</v>
-[...5 lines deleted...]
-        <v>352</v>
+        <v>25</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
         <v>1155</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>1156</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>1157</v>
       </c>
       <c r="D188" s="0" t="s">
         <v>1158</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>1159</v>
       </c>
       <c r="F188" s="0" t="s">
         <v>1160</v>
       </c>
       <c r="G188" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="H188" s="0" t="s">
         <v>1161</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="I188" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J188" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
         <v>1162</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>1163</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>1164</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>1165</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>1166</v>
       </c>
       <c r="F189" s="0" t="s">
         <v>1167</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>472</v>
+        <v>32</v>
       </c>
       <c r="H189" s="0" t="s">
-        <v>1168</v>
+        <v>33</v>
       </c>
       <c r="I189" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J189" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B190" s="0" t="s">
         <v>1169</v>
       </c>
-      <c r="B190" s="0" t="s">
+      <c r="C190" s="0" t="s">
         <v>1170</v>
       </c>
-      <c r="C190" s="0" t="s">
+      <c r="D190" s="0" t="s">
         <v>1171</v>
       </c>
-      <c r="D190" s="0" t="s">
+      <c r="E190" s="0" t="s">
         <v>1172</v>
       </c>
-      <c r="E190" s="0" t="s">
+      <c r="F190" s="0" t="s">
         <v>1173</v>
       </c>
-      <c r="F190" s="0" t="s">
+      <c r="G190" s="0" t="s">
         <v>1174</v>
       </c>
-      <c r="G190" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H190" s="0" t="s">
-        <v>33</v>
+        <v>1175</v>
       </c>
       <c r="I190" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J190" s="0" t="s">
         <v>34</v>
       </c>
+      <c r="K190" s="0" t="s">
+        <v>155</v>
+      </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="G191" s="0" t="s">
-        <v>1181</v>
+        <v>153</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>1182</v>
       </c>
       <c r="I191" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J191" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
         <v>1183</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>1184</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>1185</v>
       </c>
       <c r="D192" s="0" t="s">
         <v>1186</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>1187</v>
       </c>
       <c r="F192" s="0" t="s">
         <v>1188</v>
       </c>
       <c r="G192" s="0" t="s">
-        <v>153</v>
+        <v>588</v>
       </c>
       <c r="H192" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="I192" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="J192" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="K192" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="L192" s="0" t="s">
         <v>1189</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
         <v>1190</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>1191</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>1192</v>
       </c>
       <c r="D193" s="0" t="s">
         <v>1193</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>1194</v>
       </c>
       <c r="F193" s="0" t="s">
         <v>1195</v>
       </c>
       <c r="G193" s="0" t="s">
-        <v>595</v>
+        <v>782</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="I193" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J193" s="0" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="K193" s="0" t="s">
-        <v>34</v>
+        <v>155</v>
       </c>
       <c r="L193" s="0" t="s">
         <v>1196</v>
+      </c>
+      <c r="M193" s="0" t="s">
+        <v>653</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>1197</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>1198</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>1199</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>1200</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>1201</v>
       </c>
       <c r="F194" s="0" t="s">
         <v>1202</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>789</v>
+        <v>1203</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>58</v>
+        <v>242</v>
       </c>
       <c r="I194" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J194" s="0" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="K194" s="0" t="s">
         <v>155</v>
       </c>
       <c r="L194" s="0" t="s">
-        <v>1203</v>
-[...2 lines deleted...]
-        <v>660</v>
+        <v>352</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>1204</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>1205</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>1206</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>1207</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>1208</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>1209</v>
+        <v>845</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>1210</v>
+        <v>846</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>242</v>
+        <v>847</v>
       </c>
       <c r="I195" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J195" s="0" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>352</v>
+        <v>194</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C196" s="0" t="s">
         <v>1211</v>
       </c>
-      <c r="B196" s="0" t="s">
+      <c r="D196" s="0" t="s">
         <v>1212</v>
       </c>
-      <c r="C196" s="0" t="s">
+      <c r="E196" s="0" t="s">
         <v>1213</v>
       </c>
-      <c r="D196" s="0" t="s">
+      <c r="F196" s="0" t="s">
         <v>1214</v>
       </c>
-      <c r="E196" s="0" t="s">
+      <c r="G196" s="0" t="s">
         <v>1215</v>
       </c>
-      <c r="F196" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H196" s="0" t="s">
-        <v>854</v>
+        <v>1216</v>
       </c>
       <c r="I196" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J196" s="0" t="s">
-        <v>194</v>
+        <v>1217</v>
+      </c>
+      <c r="K196" s="0" t="s">
+        <v>1218</v>
+      </c>
+      <c r="L196" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="M196" s="0" t="s">
+        <v>1189</v>
+      </c>
+      <c r="N196" s="0" t="s">
+        <v>460</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>1219</v>
+        <v>18</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>1222</v>
+        <v>916</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>1223</v>
+        <v>917</v>
       </c>
       <c r="I197" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J197" s="0" t="s">
-        <v>1224</v>
-[...11 lines deleted...]
-        <v>460</v>
+        <v>24</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B198" s="0" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C198" s="0" t="s">
         <v>1226</v>
       </c>
-      <c r="B198" s="0" t="s">
+      <c r="D198" s="0" t="s">
         <v>1227</v>
       </c>
-      <c r="C198" s="0" t="s">
+      <c r="E198" s="0" t="s">
         <v>1228</v>
       </c>
-      <c r="D198" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F198" s="0" t="s">
-        <v>1230</v>
+        <v>400</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>923</v>
+        <v>72</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>924</v>
+        <v>381</v>
       </c>
       <c r="I198" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J198" s="0" t="s">
-        <v>24</v>
+        <v>34</v>
+      </c>
+      <c r="K198" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="L198" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="M198" s="0" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C199" s="0" t="s">
         <v>1231</v>
       </c>
-      <c r="B199" s="0" t="s">
+      <c r="D199" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E199" s="0" t="s">
         <v>1232</v>
       </c>
-      <c r="C199" s="0" t="s">
+      <c r="F199" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="G199" s="0" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H199" s="0" t="s">
         <v>1233</v>
       </c>
-      <c r="D199" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I199" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J199" s="0" t="s">
-        <v>34</v>
-[...8 lines deleted...]
-        <v>59</v>
+        <v>483</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B200" s="0" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C200" s="0" t="s">
         <v>1236</v>
-      </c>
-[...4 lines deleted...]
-        <v>1238</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="F200" s="0" t="s">
         <v>483</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>1142</v>
+        <v>1135</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>1240</v>
+        <v>1233</v>
       </c>
       <c r="I200" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J200" s="0" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D201" s="0" t="s">
         <v>1241</v>
       </c>
-      <c r="B201" s="0" t="s">
+      <c r="E201" s="0" t="s">
         <v>1242</v>
       </c>
-      <c r="C201" s="0" t="s">
+      <c r="F201" s="0" t="s">
         <v>1243</v>
       </c>
-      <c r="D201" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E201" s="0" t="s">
+      <c r="G201" s="0" t="s">
         <v>1244</v>
       </c>
-      <c r="F201" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H201" s="0" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
       <c r="I201" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J201" s="0" t="s">
-        <v>483</v>
+        <v>25</v>
+      </c>
+      <c r="K201" s="0" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>1250</v>
+        <v>400</v>
       </c>
       <c r="G202" s="0" t="s">
-        <v>1251</v>
+        <v>72</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>1252</v>
+        <v>381</v>
       </c>
       <c r="I202" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J202" s="0" t="s">
         <v>25</v>
       </c>
       <c r="K202" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="L202" s="0" t="s">
         <v>382</v>
+      </c>
+      <c r="M202" s="0" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C203" s="0" t="s">
         <v>1253</v>
       </c>
-      <c r="B203" s="0" t="s">
+      <c r="D203" s="0" t="s">
         <v>1254</v>
       </c>
-      <c r="C203" s="0" t="s">
+      <c r="E203" s="0" t="s">
         <v>1255</v>
       </c>
-      <c r="D203" s="0" t="s">
+      <c r="F203" s="0" t="s">
         <v>1256</v>
       </c>
-      <c r="E203" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G203" s="0" t="s">
-        <v>72</v>
+        <v>125</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>381</v>
+        <v>126</v>
       </c>
       <c r="I203" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J203" s="0" t="s">
-        <v>25</v>
-[...8 lines deleted...]
-        <v>118</v>
+        <v>34</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B204" s="0" t="s">
         <v>1258</v>
       </c>
-      <c r="B204" s="0" t="s">
+      <c r="C204" s="0" t="s">
         <v>1259</v>
       </c>
-      <c r="C204" s="0" t="s">
+      <c r="D204" s="0" t="s">
         <v>1260</v>
       </c>
-      <c r="D204" s="0" t="s">
+      <c r="E204" s="0" t="s">
         <v>1261</v>
       </c>
-      <c r="E204" s="0" t="s">
+      <c r="F204" s="0" t="s">
         <v>1262</v>
       </c>
-      <c r="F204" s="0" t="s">
+      <c r="G204" s="0" t="s">
         <v>1263</v>
       </c>
-      <c r="G204" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H204" s="0" t="s">
-        <v>126</v>
+        <v>1264</v>
       </c>
       <c r="I204" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J204" s="0" t="s">
         <v>34</v>
       </c>
+      <c r="K204" s="0" t="s">
+        <v>1033</v>
+      </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="F205" s="0" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>1270</v>
+        <v>472</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>1271</v>
+        <v>242</v>
       </c>
       <c r="I205" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J205" s="0" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="K205" s="0" t="s">
-        <v>1040</v>
+        <v>234</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B206" s="0" t="s">
         <v>1272</v>
       </c>
-      <c r="B206" s="0" t="s">
+      <c r="C206" s="0" t="s">
         <v>1273</v>
       </c>
-      <c r="C206" s="0" t="s">
+      <c r="D206" s="0" t="s">
         <v>1274</v>
       </c>
-      <c r="D206" s="0" t="s">
+      <c r="E206" s="0" t="s">
         <v>1275</v>
       </c>
-      <c r="E206" s="0" t="s">
+      <c r="F206" s="0" t="s">
         <v>1276</v>
       </c>
-      <c r="F206" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G206" s="0" t="s">
-        <v>472</v>
+        <v>241</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I206" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J206" s="0" t="s">
         <v>25</v>
       </c>
       <c r="K206" s="0" t="s">
-        <v>234</v>
+        <v>382</v>
+      </c>
+      <c r="L206" s="0" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B207" s="0" t="s">
         <v>1278</v>
       </c>
-      <c r="B207" s="0" t="s">
+      <c r="C207" s="0" t="s">
         <v>1279</v>
       </c>
-      <c r="C207" s="0" t="s">
+      <c r="D207" s="0" t="s">
         <v>1280</v>
       </c>
-      <c r="D207" s="0" t="s">
+      <c r="E207" s="0" t="s">
         <v>1281</v>
       </c>
-      <c r="E207" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F207" s="0" t="s">
-        <v>1283</v>
+        <v>309</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>241</v>
+        <v>322</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>242</v>
+        <v>323</v>
       </c>
       <c r="I207" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J207" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="K207" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="L207" s="0" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B208" s="0" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C208" s="0" t="s">
         <v>1284</v>
       </c>
-      <c r="B208" s="0" t="s">
+      <c r="D208" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E208" s="0" t="s">
         <v>1285</v>
       </c>
-      <c r="C208" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F208" s="0" t="s">
-        <v>309</v>
+        <v>225</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>322</v>
+        <v>21</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>323</v>
+        <v>22</v>
       </c>
       <c r="I208" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J208" s="0" t="s">
-        <v>303</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>1290</v>
+        <v>1287</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>1292</v>
+        <v>1289</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>225</v>
+        <v>1290</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I209" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J209" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B210" s="0" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C210" s="0" t="s">
         <v>1293</v>
-      </c>
-[...4 lines deleted...]
-        <v>1295</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="G210" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I210" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J210" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C211" s="0" t="s">
         <v>1298</v>
-      </c>
-[...4 lines deleted...]
-        <v>1300</v>
       </c>
       <c r="D211" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>1301</v>
+        <v>1299</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>1302</v>
+        <v>1300</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I211" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J211" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B212" s="0" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C212" s="0" t="s">
         <v>1303</v>
-      </c>
-[...4 lines deleted...]
-        <v>1305</v>
       </c>
       <c r="D212" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="F212" s="0" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I212" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J212" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B213" s="0" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C213" s="0" t="s">
         <v>1308</v>
-      </c>
-[...4 lines deleted...]
-        <v>1310</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>1311</v>
+        <v>18</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>1312</v>
+        <v>746</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>22</v>
+        <v>381</v>
       </c>
       <c r="I213" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J213" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>1313</v>
+        <v>1309</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>1314</v>
+        <v>1310</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>1315</v>
+        <v>1311</v>
       </c>
       <c r="D214" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>753</v>
+        <v>746</v>
       </c>
       <c r="G214" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>381</v>
       </c>
       <c r="I214" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J214" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>1316</v>
+        <v>1312</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>1317</v>
+        <v>1313</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>1318</v>
+        <v>1314</v>
       </c>
       <c r="D215" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E215" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>753</v>
+        <v>746</v>
       </c>
       <c r="G215" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>381</v>
       </c>
       <c r="I215" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J215" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E216" s="0" t="s">
         <v>1319</v>
       </c>
-      <c r="B216" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F216" s="0" t="s">
-        <v>753</v>
+        <v>400</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>381</v>
       </c>
       <c r="I216" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J216" s="0" t="s">
-        <v>24</v>
+        <v>382</v>
+      </c>
+      <c r="K216" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="L216" s="0" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C217" s="0" t="s">
         <v>1322</v>
       </c>
-      <c r="B217" s="0" t="s">
+      <c r="D217" s="0" t="s">
         <v>1323</v>
       </c>
-      <c r="C217" s="0" t="s">
+      <c r="E217" s="0" t="s">
         <v>1324</v>
       </c>
-      <c r="D217" s="0" t="s">
+      <c r="F217" s="0" t="s">
         <v>1325</v>
       </c>
-      <c r="E217" s="0" t="s">
+      <c r="G217" s="0" t="s">
         <v>1326</v>
       </c>
-      <c r="F217" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H217" s="0" t="s">
-        <v>381</v>
+        <v>1327</v>
       </c>
       <c r="I217" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J217" s="0" t="s">
-        <v>382</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>155</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="G218" s="0" t="s">
-        <v>1333</v>
+        <v>116</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>1334</v>
+        <v>117</v>
       </c>
       <c r="I218" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J218" s="0" t="s">
-        <v>155</v>
+        <v>194</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B219" s="0" t="s">
         <v>1335</v>
       </c>
-      <c r="B219" s="0" t="s">
+      <c r="C219" s="0" t="s">
         <v>1336</v>
       </c>
-      <c r="C219" s="0" t="s">
+      <c r="D219" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E219" s="0" t="s">
         <v>1337</v>
       </c>
-      <c r="D219" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F219" s="0" t="s">
-        <v>1340</v>
+        <v>1270</v>
       </c>
       <c r="G219" s="0" t="s">
-        <v>116</v>
+        <v>472</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>117</v>
+        <v>242</v>
       </c>
       <c r="I219" s="0" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B220" s="0" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D220" s="0" t="s">
         <v>1341</v>
       </c>
-      <c r="B220" s="0" t="s">
+      <c r="E220" s="0" t="s">
         <v>1342</v>
       </c>
-      <c r="C220" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F220" s="0" t="s">
-        <v>1277</v>
+        <v>1270</v>
       </c>
       <c r="G220" s="0" t="s">
         <v>472</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I220" s="0" t="s">
         <v>23</v>
       </c>
+      <c r="J220" s="0" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B221" s="0" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C221" s="0" t="s">
         <v>1345</v>
       </c>
-      <c r="B221" s="0" t="s">
+      <c r="D221" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E221" s="0" t="s">
         <v>1346</v>
       </c>
-      <c r="C221" s="0" t="s">
+      <c r="F221" s="0" t="s">
         <v>1347</v>
-      </c>
-[...7 lines deleted...]
-        <v>1277</v>
       </c>
       <c r="G221" s="0" t="s">
         <v>472</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I221" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="J221" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B222" s="0" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C222" s="0" t="s">
         <v>1350</v>
       </c>
-      <c r="B222" s="0" t="s">
+      <c r="D222" s="0" t="s">
         <v>1351</v>
       </c>
-      <c r="C222" s="0" t="s">
+      <c r="E222" s="0" t="s">
         <v>1352</v>
       </c>
-      <c r="D222" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F222" s="0" t="s">
-        <v>1354</v>
+        <v>1270</v>
       </c>
       <c r="G222" s="0" t="s">
         <v>472</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I222" s="0" t="s">
         <v>23</v>
       </c>
+      <c r="J222" s="0" t="s">
+        <v>155</v>
+      </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B223" s="0" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C223" s="0" t="s">
         <v>1355</v>
       </c>
-      <c r="B223" s="0" t="s">
+      <c r="D223" s="0" t="s">
         <v>1356</v>
       </c>
-      <c r="C223" s="0" t="s">
+      <c r="E223" s="0" t="s">
         <v>1357</v>
       </c>
-      <c r="D223" s="0" t="s">
+      <c r="F223" s="0" t="s">
         <v>1358</v>
       </c>
-      <c r="E223" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G223" s="0" t="s">
-        <v>472</v>
+        <v>21</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>242</v>
+        <v>381</v>
       </c>
       <c r="I223" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J223" s="0" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B224" s="0" t="s">
         <v>1360</v>
       </c>
-      <c r="B224" s="0" t="s">
+      <c r="C224" s="0" t="s">
         <v>1361</v>
       </c>
-      <c r="C224" s="0" t="s">
+      <c r="D224" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E224" s="0" t="s">
         <v>1362</v>
       </c>
-      <c r="D224" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F224" s="0" t="s">
-        <v>1365</v>
+        <v>483</v>
       </c>
       <c r="G224" s="0" t="s">
-        <v>21</v>
+        <v>1135</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>381</v>
+        <v>1233</v>
       </c>
       <c r="I224" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J224" s="0" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>1366</v>
+        <v>1363</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>1367</v>
+        <v>1364</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
       <c r="D225" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>1369</v>
+        <v>1366</v>
       </c>
       <c r="F225" s="0" t="s">
         <v>483</v>
       </c>
       <c r="G225" s="0" t="s">
-        <v>1142</v>
+        <v>482</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>1240</v>
+        <v>117</v>
       </c>
       <c r="I225" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J225" s="0" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>1370</v>
+        <v>1367</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>1371</v>
+        <v>1368</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>1372</v>
+        <v>1369</v>
       </c>
       <c r="D226" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>1373</v>
+        <v>1370</v>
       </c>
       <c r="F226" s="0" t="s">
         <v>483</v>
       </c>
       <c r="G226" s="0" t="s">
-        <v>482</v>
+        <v>1135</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>117</v>
+        <v>1233</v>
       </c>
       <c r="I226" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J226" s="0" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B227" s="0" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D227" s="0" t="s">
         <v>1374</v>
       </c>
-      <c r="B227" s="0" t="s">
+      <c r="E227" s="0" t="s">
         <v>1375</v>
       </c>
-      <c r="C227" s="0" t="s">
+      <c r="F227" s="0" t="s">
         <v>1376</v>
       </c>
-      <c r="D227" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="0" t="s">
+      <c r="G227" s="0" t="s">
         <v>1377</v>
       </c>
-      <c r="F227" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H227" s="0" t="s">
-        <v>1240</v>
+        <v>783</v>
       </c>
       <c r="I227" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J227" s="0" t="s">
-        <v>483</v>
+        <v>59</v>
+      </c>
+      <c r="K227" s="0" t="s">
+        <v>155</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
         <v>1378</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>1379</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>1380</v>
       </c>
       <c r="D228" s="0" t="s">
         <v>1381</v>
       </c>
       <c r="E228" s="0" t="s">
         <v>1382</v>
       </c>
       <c r="F228" s="0" t="s">
         <v>1383</v>
       </c>
       <c r="G228" s="0" t="s">
-        <v>1384</v>
+        <v>32</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>790</v>
+        <v>33</v>
       </c>
       <c r="I228" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J228" s="0" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>34</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B229" s="0" t="s">
         <v>1385</v>
       </c>
-      <c r="B229" s="0" t="s">
+      <c r="C229" s="0" t="s">
         <v>1386</v>
       </c>
-      <c r="C229" s="0" t="s">
+      <c r="D229" s="0" t="s">
         <v>1387</v>
       </c>
-      <c r="D229" s="0" t="s">
+      <c r="E229" s="0" t="s">
         <v>1388</v>
       </c>
-      <c r="E229" s="0" t="s">
+      <c r="F229" s="0" t="s">
         <v>1389</v>
       </c>
-      <c r="F229" s="0" t="s">
+      <c r="G229" s="0" t="s">
         <v>1390</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>117</v>
       </c>
       <c r="I229" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J229" s="0" t="s">
-        <v>194</v>
+        <v>25</v>
       </c>
       <c r="K229" s="0" t="s">
-        <v>195</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>1394</v>
+        <v>18</v>
       </c>
       <c r="E230" s="0" t="s">
         <v>1395</v>
       </c>
       <c r="F230" s="0" t="s">
-        <v>1396</v>
+        <v>746</v>
       </c>
       <c r="G230" s="0" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>33</v>
+        <v>381</v>
       </c>
       <c r="I230" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J230" s="0" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B231" s="0" t="s">
         <v>1397</v>
       </c>
-      <c r="B231" s="0" t="s">
+      <c r="C231" s="0" t="s">
         <v>1398</v>
       </c>
-      <c r="C231" s="0" t="s">
+      <c r="D231" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E231" s="0" t="s">
         <v>1399</v>
       </c>
-      <c r="D231" s="0" t="s">
+      <c r="F231" s="0" t="s">
         <v>1400</v>
       </c>
-      <c r="E231" s="0" t="s">
+      <c r="G231" s="0" t="s">
         <v>1401</v>
       </c>
-      <c r="F231" s="0" t="s">
+      <c r="H231" s="0" t="s">
         <v>1402</v>
       </c>
-      <c r="G231" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I231" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J231" s="0" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K231" s="0" t="s">
-        <v>1404</v>
+        <v>243</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B232" s="0" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C232" s="0" t="s">
         <v>1405</v>
       </c>
-      <c r="B232" s="0" t="s">
+      <c r="D232" s="0" t="s">
         <v>1406</v>
       </c>
-      <c r="C232" s="0" t="s">
+      <c r="E232" s="0" t="s">
         <v>1407</v>
       </c>
-      <c r="D232" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E232" s="0" t="s">
+      <c r="F232" s="0" t="s">
         <v>1408</v>
       </c>
-      <c r="F232" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G232" s="0" t="s">
-        <v>72</v>
+        <v>116</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>381</v>
+        <v>117</v>
       </c>
       <c r="I232" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J232" s="0" t="s">
-        <v>24</v>
+        <v>194</v>
+      </c>
+      <c r="K232" s="0" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="233"/>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>