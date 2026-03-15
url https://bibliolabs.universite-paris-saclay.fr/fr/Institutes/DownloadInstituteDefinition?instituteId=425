--- v0 (2025-11-04)
+++ v1 (2026-03-15)
@@ -1362,486 +1362,486 @@
   <si>
     <t>UAR 2010</t>
   </si>
   <si>
     <t>201922946N</t>
   </si>
   <si>
     <t>Avenue de la terrasse</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
     <t>Laboratoire Lumière, Matière et Interfaces</t>
   </si>
   <si>
     <t>LuMin</t>
   </si>
   <si>
     <t>UMR 9024</t>
   </si>
   <si>
     <t>202023513A</t>
   </si>
   <si>
+    <t>1928</t>
+  </si>
+  <si>
+    <t>Génétique Quantitative et Evolution - Le Moulon</t>
+  </si>
+  <si>
+    <t>GQE - Le Moulon</t>
+  </si>
+  <si>
+    <t>UMR 8120</t>
+  </si>
+  <si>
+    <t>198017849T</t>
+  </si>
+  <si>
+    <t>Bât 680, 12 route 128</t>
+  </si>
+  <si>
+    <t>1932</t>
+  </si>
+  <si>
+    <t>Evolution, génomes, comportement et écologie</t>
+  </si>
+  <si>
+    <t>EGCE</t>
+  </si>
+  <si>
+    <t>UMR 9191</t>
+  </si>
+  <si>
+    <t>201521302U</t>
+  </si>
+  <si>
+    <t>IRD</t>
+  </si>
+  <si>
+    <t>3232</t>
+  </si>
+  <si>
+    <t>Building large instruments for neuroimaging: from population imaging to ultra-high magnetic fields</t>
+  </si>
+  <si>
+    <t>BAOBAB</t>
+  </si>
+  <si>
+    <t>UMR 9027</t>
+  </si>
+  <si>
+    <t>202023511Y</t>
+  </si>
+  <si>
+    <t>Centre d'études de Saclay, Bâtiment 145</t>
+  </si>
+  <si>
+    <t>2126</t>
+  </si>
+  <si>
+    <t>Maison de la Simulation - DRF</t>
+  </si>
+  <si>
+    <t>MdlS</t>
+  </si>
+  <si>
+    <t>UAR 3441</t>
+  </si>
+  <si>
+    <t>201120535C</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 709, Orme des merisiers</t>
+  </si>
+  <si>
+    <t>3231</t>
+  </si>
+  <si>
+    <t>Laboratoire d'Imagerie Biomédicale Multimodale Paris Saclay</t>
+  </si>
+  <si>
+    <t>BIOMAPS</t>
+  </si>
+  <si>
+    <t>U 1281, UMR 9011</t>
+  </si>
+  <si>
+    <t>202023520H</t>
+  </si>
+  <si>
+    <t>4, place du Général Leclerc</t>
+  </si>
+  <si>
+    <t>91401</t>
+  </si>
+  <si>
+    <t>3210</t>
+  </si>
+  <si>
+    <t>Research Lab in Computer Science</t>
+  </si>
+  <si>
+    <t>ReLaX</t>
+  </si>
+  <si>
+    <t>UMI 2000</t>
+  </si>
+  <si>
+    <t>201722366S</t>
+  </si>
+  <si>
+    <t>cmi</t>
+  </si>
+  <si>
+    <t>IMSc</t>
+  </si>
+  <si>
+    <t>Univ Bordeaux</t>
+  </si>
+  <si>
+    <t>2128</t>
+  </si>
+  <si>
+    <t>Laboratoire d'étude des microstructures</t>
+  </si>
+  <si>
+    <t>LEM</t>
+  </si>
+  <si>
+    <t>UMR 104</t>
+  </si>
+  <si>
+    <t>198819289Y</t>
+  </si>
+  <si>
+    <t>ONERA, 29 avenue de la division Leclerc, BP 72</t>
+  </si>
+  <si>
+    <t>92322</t>
+  </si>
+  <si>
+    <t>Châtillon cedex</t>
+  </si>
+  <si>
+    <t>ONERA</t>
+  </si>
+  <si>
+    <t>2102</t>
+  </si>
+  <si>
+    <t>Institut du développement et des ressources en informatique scientifique</t>
+  </si>
+  <si>
+    <t>IDRIS</t>
+  </si>
+  <si>
+    <t>UAR 851</t>
+  </si>
+  <si>
+    <t>199320519N</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, bâtiment 506, BP 167</t>
+  </si>
+  <si>
+    <t>91403</t>
+  </si>
+  <si>
+    <t>2108</t>
+  </si>
+  <si>
+    <t>Institut des neurosciences Paris-Saclay</t>
+  </si>
+  <si>
+    <t>NeuroPSI</t>
+  </si>
+  <si>
+    <t>UMR 9197</t>
+  </si>
+  <si>
+    <t>201521290F</t>
+  </si>
+  <si>
+    <t>151 route de la Rotonde, Centre CEA Paris-Saclay, Bâtiment 151</t>
+  </si>
+  <si>
+    <t>Saclay</t>
+  </si>
+  <si>
+    <t>2085</t>
+  </si>
+  <si>
+    <t>Institut photonique d'analyse non-destructive européen des matériaux anciens</t>
+  </si>
+  <si>
+    <t>IPANEMA</t>
+  </si>
+  <si>
+    <t>USR 3461</t>
+  </si>
+  <si>
+    <t>201220537A</t>
+  </si>
+  <si>
+    <t>Site du Synchrotron SOLEIL</t>
+  </si>
+  <si>
+    <t>MCC</t>
+  </si>
+  <si>
+    <t>3257</t>
+  </si>
+  <si>
+    <t>Centre d'Imagerie Multimodale</t>
+  </si>
+  <si>
+    <t>MIC</t>
+  </si>
+  <si>
+    <t>UAR 2016</t>
+  </si>
+  <si>
+    <t>202023500L</t>
+  </si>
+  <si>
+    <t>INSTITUT CURIE-Bâtiments 101B-110-111-112, CS90030-rue Henri Becquerel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91401 </t>
+  </si>
+  <si>
+    <t>3270</t>
+  </si>
+  <si>
+    <t>Institut de Recherche sur les ArchéoMATériaux</t>
+  </si>
+  <si>
+    <t>IRAMAT</t>
+  </si>
+  <si>
+    <t>UMR 7065</t>
+  </si>
+  <si>
+    <t>202224174K</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'ORLEANS Centre Ernest Babelon 3 D rue de la Ferollerie</t>
+  </si>
+  <si>
+    <t>45071</t>
+  </si>
+  <si>
+    <t>Orléans</t>
+  </si>
+  <si>
+    <t>Univ. Bourgogne Franche-Comté</t>
+  </si>
+  <si>
+    <t>INRAP</t>
+  </si>
+  <si>
+    <t>Univ Orléans</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>Maison des Sciences de l'Homme Paris-Saclay</t>
+  </si>
+  <si>
+    <t>MSH Paris-Saclay</t>
+  </si>
+  <si>
+    <t>UAR 3683</t>
+  </si>
+  <si>
+    <t>201521827P</t>
+  </si>
+  <si>
+    <t>3274</t>
+  </si>
+  <si>
+    <t>International Laboratory on Learning Systems</t>
+  </si>
+  <si>
+    <t>ILLS</t>
+  </si>
+  <si>
+    <t>IRL 2020</t>
+  </si>
+  <si>
+    <t>202224169E</t>
+  </si>
+  <si>
+    <t>1100, Rue Notre-Dame Ouest</t>
+  </si>
+  <si>
+    <t>H3C1K3</t>
+  </si>
+  <si>
+    <t>Montréal</t>
+  </si>
+  <si>
+    <t>3260</t>
+  </si>
+  <si>
+    <t>Laboratoire Méthodes Formelles</t>
+  </si>
+  <si>
+    <t>LMF</t>
+  </si>
+  <si>
+    <t>UMR 9021</t>
+  </si>
+  <si>
+    <t>202123712M</t>
+  </si>
+  <si>
+    <t>1938</t>
+  </si>
+  <si>
+    <t>Biomolécules : conception, isolement, synthèse</t>
+  </si>
+  <si>
+    <t>BioCIS</t>
+  </si>
+  <si>
+    <t>UMR 8076</t>
+  </si>
+  <si>
+    <t>200212737R</t>
+  </si>
+  <si>
+    <t>Batiment Henri Moissan, 17 avenue des Sciences</t>
+  </si>
+  <si>
+    <t>3259</t>
+  </si>
+  <si>
+    <t>Laboratoire interdisciplinaire des sciences du numérique</t>
+  </si>
+  <si>
+    <t>LISN</t>
+  </si>
+  <si>
+    <t>UMR 9015</t>
+  </si>
+  <si>
+    <t>202123711L</t>
+  </si>
+  <si>
+    <t>Université Paris-Saclay, Bâtiment 650</t>
+  </si>
+  <si>
+    <t>3268</t>
+  </si>
+  <si>
+    <t>Laboratoire de Mécanique Paris-Saclay</t>
+  </si>
+  <si>
+    <t>LMPS</t>
+  </si>
+  <si>
+    <t>UMR 9026</t>
+  </si>
+  <si>
+    <t>202224176M</t>
+  </si>
+  <si>
+    <t>1974</t>
+  </si>
+  <si>
+    <t>Institut Galien Paris-Saclay</t>
+  </si>
+  <si>
+    <t>IGPS</t>
+  </si>
+  <si>
+    <t>UMR 8612</t>
+  </si>
+  <si>
+    <t>199812937A</t>
+  </si>
+  <si>
+    <t>2072</t>
+  </si>
+  <si>
+    <t>Laboratoire Albert Fert</t>
+  </si>
+  <si>
+    <t>LAF</t>
+  </si>
+  <si>
+    <t>UMR 137</t>
+  </si>
+  <si>
+    <t>199519291V</t>
+  </si>
+  <si>
+    <t>Thales, 1 avenue Augustin Fresnel</t>
+  </si>
+  <si>
+    <t>91767</t>
+  </si>
+  <si>
+    <t>Thales</t>
+  </si>
+  <si>
     <t>1934</t>
   </si>
   <si>
-    <t>Ecologie, Systématique et Evolution</t>
+    <t>Ecologie, Société et Evolution</t>
   </si>
   <si>
     <t>ESE</t>
   </si>
   <si>
     <t>UMR 8079</t>
   </si>
   <si>
     <t>200212739T</t>
   </si>
   <si>
-    <t>Bât 680, 12 route 128</t>
-[...349 lines deleted...]
-  <si>
     <t>1894</t>
   </si>
   <si>
     <t>Analyse moléculaire, modélisation et imagerie de la maladie cancéreuse</t>
   </si>
   <si>
     <t>AMMICA</t>
   </si>
   <si>
-    <t>UMS 3655</t>
+    <t>UMS 3655, US 23</t>
   </si>
   <si>
     <t>201420837T</t>
   </si>
   <si>
     <t>Institut Gustave Roussy, 114 rue Edouard Vaillant</t>
-  </si>
-[...52 lines deleted...]
-    <t>Thales</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -4228,816 +4228,816 @@
       <c r="C66" s="0" t="s">
         <v>454</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>455</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>456</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>457</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>193</v>
       </c>
       <c r="I66" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J66" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K66" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="L66" s="0" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>458</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>459</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>460</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>461</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>462</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>457</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>193</v>
       </c>
       <c r="I67" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J67" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K67" s="0" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>463</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>193</v>
       </c>
       <c r="I68" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J68" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K68" s="0" t="s">
-        <v>468</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>193</v>
+        <v>22</v>
       </c>
       <c r="I69" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J69" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K69" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="M69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>21</v>
+        <v>482</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>22</v>
+        <v>117</v>
       </c>
       <c r="I70" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J70" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K70" s="0" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L70" s="0" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>156</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>486</v>
+        <v>192</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>487</v>
+        <v>56</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>117</v>
+        <v>193</v>
       </c>
       <c r="I71" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J71" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K71" s="0" t="s">
-        <v>25</v>
+        <v>194</v>
       </c>
       <c r="L71" s="0" t="s">
-        <v>156</v>
+        <v>488</v>
+      </c>
+      <c r="M71" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="N71" s="0" t="s">
+        <v>490</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>192</v>
+        <v>496</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>56</v>
+        <v>497</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>193</v>
+        <v>498</v>
       </c>
       <c r="I72" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J72" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K72" s="0" t="s">
-        <v>194</v>
-[...8 lines deleted...]
-        <v>495</v>
+        <v>499</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>503</v>
+        <v>117</v>
       </c>
       <c r="I73" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J73" s="0" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>511</v>
+        <v>234</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>117</v>
+        <v>513</v>
       </c>
       <c r="I74" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J74" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>234</v>
+        <v>285</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>518</v>
+        <v>57</v>
       </c>
       <c r="I75" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J75" s="0" t="s">
         <v>24</v>
+      </c>
+      <c r="K75" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" s="0" t="s">
+        <v>520</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>285</v>
+        <v>527</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>57</v>
+        <v>117</v>
       </c>
       <c r="I76" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J76" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K76" s="0" t="s">
-        <v>34</v>
+        <v>156</v>
       </c>
       <c r="L76" s="0" t="s">
-        <v>525</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>117</v>
+        <v>535</v>
       </c>
       <c r="I77" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J77" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K77" s="0" t="s">
-        <v>156</v>
+        <v>536</v>
       </c>
       <c r="L77" s="0" t="s">
-        <v>180</v>
+        <v>537</v>
+      </c>
+      <c r="M77" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="N77" s="0" t="s">
+        <v>538</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>538</v>
+        <v>192</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>539</v>
+        <v>56</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>540</v>
+        <v>193</v>
       </c>
       <c r="I78" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J78" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K78" s="0" t="s">
-        <v>541</v>
+        <v>34</v>
       </c>
       <c r="L78" s="0" t="s">
-        <v>542</v>
+        <v>194</v>
       </c>
       <c r="M78" s="0" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>543</v>
+        <v>43</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>544</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>545</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>546</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>547</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>548</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>192</v>
+        <v>549</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>56</v>
+        <v>550</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>193</v>
+        <v>551</v>
       </c>
       <c r="I79" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J79" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K79" s="0" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>43</v>
+        <v>241</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>554</v>
+        <v>192</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>555</v>
+        <v>56</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>556</v>
+        <v>193</v>
       </c>
       <c r="I80" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J80" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K80" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="L80" s="0" t="s">
         <v>241</v>
+      </c>
+      <c r="M80" s="0" t="s">
+        <v>391</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>557</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>558</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>559</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>560</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>561</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>192</v>
+        <v>562</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>56</v>
+        <v>234</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>193</v>
+        <v>117</v>
       </c>
       <c r="I81" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J81" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K81" s="0" t="s">
-        <v>194</v>
-[...5 lines deleted...]
-        <v>391</v>
+        <v>109</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>234</v>
+        <v>116</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>117</v>
       </c>
       <c r="I82" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J82" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K82" s="0" t="s">
-        <v>109</v>
+        <v>241</v>
+      </c>
+      <c r="L82" s="0" t="s">
+        <v>391</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>573</v>
+        <v>192</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>116</v>
+        <v>56</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>117</v>
+        <v>193</v>
       </c>
       <c r="I83" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K83" s="0" t="s">
         <v>241</v>
       </c>
       <c r="L83" s="0" t="s">
-        <v>391</v>
+        <v>194</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>574</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>575</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>576</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>577</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>578</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>579</v>
+        <v>562</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>163</v>
+        <v>234</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>164</v>
+        <v>117</v>
       </c>
       <c r="I84" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J84" s="0" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>580</v>
       </c>
-      <c r="B85" s="0" t="s">
+      <c r="C85" s="0" t="s">
         <v>581</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>582</v>
       </c>
-      <c r="D85" s="0" t="s">
+      <c r="E85" s="0" t="s">
         <v>583</v>
       </c>
-      <c r="E85" s="0" t="s">
+      <c r="F85" s="0" t="s">
         <v>584</v>
       </c>
-      <c r="F85" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G85" s="0" t="s">
-        <v>56</v>
+        <v>585</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>193</v>
+        <v>227</v>
       </c>
       <c r="I85" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J85" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K85" s="0" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>586</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>567</v>
+        <v>457</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>234</v>
+        <v>56</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>117</v>
+        <v>193</v>
       </c>
       <c r="I86" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J86" s="0" t="s">
         <v>24</v>
+      </c>
+      <c r="K86" s="0" t="s">
+        <v>424</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>596</v>
+        <v>163</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>227</v>
+        <v>164</v>
       </c>
       <c r="I87" s="0" t="s">
         <v>23</v>
       </c>
       <c r="J87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="K87" s="0" t="s">
-        <v>597</v>
+        <v>165</v>
+      </c>
+      <c r="L87" s="0" t="s">
+        <v>156</v>
       </c>
     </row>
     <row r="88"/>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>