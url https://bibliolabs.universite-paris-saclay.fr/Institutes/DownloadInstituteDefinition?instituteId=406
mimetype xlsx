--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -384,543 +384,543 @@
   <si>
     <t>Gif-sur-Yvette</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>Institut de biologie intégrative de la cellule</t>
   </si>
   <si>
     <t>I2BC</t>
   </si>
   <si>
     <t>UMR 9198</t>
   </si>
   <si>
     <t>201521299R</t>
   </si>
   <si>
     <t>Avenue de la Terrasse</t>
   </si>
   <si>
     <t>91198</t>
   </si>
   <si>
+    <t>1929</t>
+  </si>
+  <si>
+    <t>France Génomique - DRF/JACOB</t>
+  </si>
+  <si>
+    <t>FG</t>
+  </si>
+  <si>
+    <t>UMS 3628</t>
+  </si>
+  <si>
+    <t>201420834P</t>
+  </si>
+  <si>
+    <t>Evry cedex</t>
+  </si>
+  <si>
+    <t>INRAE</t>
+  </si>
+  <si>
+    <t>1975</t>
+  </si>
+  <si>
+    <t>Genoscope - DRF/JACOB</t>
+  </si>
+  <si>
+    <t>GEN</t>
+  </si>
+  <si>
+    <t>201722556Y</t>
+  </si>
+  <si>
+    <t>3255</t>
+  </si>
+  <si>
+    <t>Médicaments et Technologies pour la Santé</t>
+  </si>
+  <si>
+    <t>MTS</t>
+  </si>
+  <si>
+    <t>196317869N</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 136</t>
+  </si>
+  <si>
+    <t>2039</t>
+  </si>
+  <si>
+    <t>Service de Physique de l'Etat Condensé - DRF/IRAMIS</t>
+  </si>
+  <si>
+    <t>SPEC</t>
+  </si>
+  <si>
+    <t>201521685K</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 772</t>
+  </si>
+  <si>
+    <t>3265</t>
+  </si>
+  <si>
+    <t>Service cellules souches et radiation</t>
+  </si>
+  <si>
+    <t>SCSR</t>
+  </si>
+  <si>
+    <t>202124064V</t>
+  </si>
+  <si>
+    <t>CEA, 18 route du Panorama - BP6</t>
+  </si>
+  <si>
+    <t>1968</t>
+  </si>
+  <si>
+    <t>Service instabilité génétique, réparation, recombinaison - DRF/JACOB/IRCM</t>
+  </si>
+  <si>
+    <t>SIGRR</t>
+  </si>
+  <si>
+    <t>202124061S</t>
+  </si>
+  <si>
+    <t>CEA Fontenay-aux-Roses, 18 route du panorama, Bâtiment 05</t>
+  </si>
+  <si>
+    <t>1970</t>
+  </si>
+  <si>
+    <t>Service de radiobiologie expérimentale et Innovation technologiques - DRF/JACOB/IRCM</t>
+  </si>
+  <si>
+    <t>SREIT</t>
+  </si>
+  <si>
+    <t>202124062T</t>
+  </si>
+  <si>
+    <t>CEA Saclay</t>
+  </si>
+  <si>
+    <t>1972</t>
+  </si>
+  <si>
+    <t>Service de thermo-hydraulique et de mécanique des fluides - DES/ISAS/DM2S</t>
+  </si>
+  <si>
+    <t>STMF</t>
+  </si>
+  <si>
+    <t>202124050E</t>
+  </si>
+  <si>
+    <t>2122</t>
+  </si>
+  <si>
+    <t>Laboratoire National Henri Becquerel - DRT</t>
+  </si>
+  <si>
+    <t>LNHB</t>
+  </si>
+  <si>
+    <t>202124065W</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 602,</t>
+  </si>
+  <si>
+    <t>3224</t>
+  </si>
+  <si>
+    <t>Service développement radiation et réparation - DRF/JACOB/IRCM</t>
+  </si>
+  <si>
+    <t>SDRR</t>
+  </si>
+  <si>
+    <t>202124063U</t>
+  </si>
+  <si>
+    <t>3262</t>
+  </si>
+  <si>
+    <t>Unité de recherche en neuroimagerie applicative clinique et translationnelle</t>
+  </si>
+  <si>
+    <t>UNIACT</t>
+  </si>
+  <si>
+    <t>202124057M</t>
+  </si>
+  <si>
+    <t>CEA Neurospin, Bâtiment 145</t>
+  </si>
+  <si>
+    <t>3263</t>
+  </si>
+  <si>
+    <t>Centre de référence, d'innovation, d'expertise et de transfert</t>
+  </si>
+  <si>
+    <t>CReFIX</t>
+  </si>
+  <si>
+    <t>UMS 39</t>
+  </si>
+  <si>
+    <t>201923595U</t>
+  </si>
+  <si>
+    <t>91000</t>
+  </si>
+  <si>
+    <t>Evry</t>
+  </si>
+  <si>
+    <t>Inria</t>
+  </si>
+  <si>
+    <t>1945</t>
+  </si>
+  <si>
+    <t>Centre National de Recherche en Génomique Humaine - DRF/JACOB</t>
+  </si>
+  <si>
+    <t>CNRGH</t>
+  </si>
+  <si>
+    <t>201722557Z</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>Neuroimagerie cognitive</t>
+  </si>
+  <si>
+    <t>UNICOG</t>
+  </si>
+  <si>
+    <t>U992</t>
+  </si>
+  <si>
+    <t>200616272R</t>
+  </si>
+  <si>
+    <t>3212</t>
+  </si>
+  <si>
+    <t>Institut Pascal</t>
+  </si>
+  <si>
+    <t>IPa</t>
+  </si>
+  <si>
+    <t>UMS 2005</t>
+  </si>
+  <si>
+    <t>201822743X</t>
+  </si>
+  <si>
+    <t>Rue Noetzlin</t>
+  </si>
+  <si>
+    <t>IHES</t>
+  </si>
+  <si>
+    <t>3223</t>
+  </si>
+  <si>
+    <t>Laboratoire Matière en conditions extrêmes - DAM</t>
+  </si>
+  <si>
+    <t>LMCE</t>
+  </si>
+  <si>
+    <t>202124060R</t>
+  </si>
+  <si>
+    <t>CEA Bruyères le Chatel, chemin du Ru</t>
+  </si>
+  <si>
+    <t>91680</t>
+  </si>
+  <si>
+    <t>Bruyères le Chatel</t>
+  </si>
+  <si>
+    <t>3232</t>
+  </si>
+  <si>
+    <t>Building large instruments for neuroimaging: from population imaging to ultra-high magnetic fields</t>
+  </si>
+  <si>
+    <t>BAOBAB</t>
+  </si>
+  <si>
+    <t>UMR 9027</t>
+  </si>
+  <si>
+    <t>202023511Y</t>
+  </si>
+  <si>
+    <t>Centre d'études de Saclay, Bâtiment 145</t>
+  </si>
+  <si>
+    <t>2126</t>
+  </si>
+  <si>
+    <t>Maison de la Simulation - DRF</t>
+  </si>
+  <si>
+    <t>MdlS</t>
+  </si>
+  <si>
+    <t>UAR 3441</t>
+  </si>
+  <si>
+    <t>201120535C</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 709, Orme des merisiers</t>
+  </si>
+  <si>
+    <t>3231</t>
+  </si>
+  <si>
+    <t>Laboratoire d'Imagerie Biomédicale Multimodale Paris Saclay</t>
+  </si>
+  <si>
+    <t>BIOMAPS</t>
+  </si>
+  <si>
+    <t>U 1281, UMR 9011</t>
+  </si>
+  <si>
+    <t>202023520H</t>
+  </si>
+  <si>
+    <t>4, place du Général Leclerc</t>
+  </si>
+  <si>
+    <t>91401</t>
+  </si>
+  <si>
+    <t>Orsay</t>
+  </si>
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>Institut de technico-économie des systèmes énergétiques - I-TESE</t>
+  </si>
+  <si>
+    <t>I-Tésé</t>
+  </si>
+  <si>
+    <t>200718585A</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 125</t>
+  </si>
+  <si>
+    <t>3222</t>
+  </si>
+  <si>
+    <t>Laboratoire en Informatique Haute Performance pour le Calcul et la simulation - DAM</t>
+  </si>
+  <si>
+    <t>LIHPC</t>
+  </si>
+  <si>
+    <t>202124059P</t>
+  </si>
+  <si>
+    <t>CEA Bruyères le Chatel, Chemin du Ru</t>
+  </si>
+  <si>
+    <t>2032</t>
+  </si>
+  <si>
+    <t>Département des Accélérateurs, de Cryogénie et de Magnétisme - DRF/IRFU</t>
+  </si>
+  <si>
+    <t>DACM</t>
+  </si>
+  <si>
+    <t>201722502P</t>
+  </si>
+  <si>
+    <t>1967</t>
+  </si>
+  <si>
+    <t>Service d'étude des matériaux irradiés - DES/ISAS/DRMP</t>
+  </si>
+  <si>
+    <t>SEMI</t>
+  </si>
+  <si>
+    <t>202124049D</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 625</t>
+  </si>
+  <si>
+    <t>2028</t>
+  </si>
+  <si>
+    <t>Service d'études mécaniques et thermiques - DES/ISAS/DM2S</t>
+  </si>
+  <si>
+    <t>SEMT</t>
+  </si>
+  <si>
+    <t>202124051F</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 607</t>
+  </si>
+  <si>
+    <t>2030</t>
+  </si>
+  <si>
+    <t>Service d'étude des réacteurs et de mathématiques appliquées - DES/ISAS/DM2S</t>
+  </si>
+  <si>
+    <t>SERMA</t>
+  </si>
+  <si>
+    <t>202124053H</t>
+  </si>
+  <si>
+    <t>CEA Saclay, bâtiment 470</t>
+  </si>
+  <si>
+    <t>2034</t>
+  </si>
+  <si>
+    <t>Service de Recherche en Matériaux et procédés Avancés - DES/ISAS/DRMP</t>
+  </si>
+  <si>
+    <t>SRMA</t>
+  </si>
+  <si>
+    <t>202124054J</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 455</t>
+  </si>
+  <si>
+    <t>3278</t>
+  </si>
+  <si>
+    <t>Service de Génie Logiciel pour la Simulation - DES/ISAS/DM2S</t>
+  </si>
+  <si>
+    <t>SGLS</t>
+  </si>
+  <si>
+    <t>3279</t>
+  </si>
+  <si>
+    <t>Service de Recherche en Corrosion et Comportement des Matériaux - DES/ISAS/DRMP</t>
+  </si>
+  <si>
+    <t>S2CM</t>
+  </si>
+  <si>
+    <t>3280</t>
+  </si>
+  <si>
+    <t>Service d'Exploitation et de Sécurité des Installations du DRMP - DES/ISAS/DRMP</t>
+  </si>
+  <si>
+    <t>SESD</t>
+  </si>
+  <si>
+    <t>2125</t>
+  </si>
+  <si>
+    <t>Laboratoire Interactions, Dynamiques et Lasers - DRF/IRAMIS</t>
+  </si>
+  <si>
+    <t>LIDYL</t>
+  </si>
+  <si>
+    <t>EMR 9000</t>
+  </si>
+  <si>
+    <t>202024272A</t>
+  </si>
+  <si>
+    <t>CEA Saclay, Bâtiment 522</t>
+  </si>
+  <si>
+    <t>3281</t>
+  </si>
+  <si>
+    <t>Service de Physico-Chimie - DES/ISAS/DRMP</t>
+  </si>
+  <si>
+    <t>SPC</t>
+  </si>
+  <si>
+    <t>202124052G</t>
+  </si>
+  <si>
     <t>2036</t>
   </si>
   <si>
     <t>Service de Recherche en Hémato Immunologie - DRF/JACOB</t>
   </si>
   <si>
     <t>SRHI</t>
   </si>
   <si>
     <t>200517104Z</t>
   </si>
   <si>
     <t>Hopital Saint-Louis, 1 avenue Claude Vellefaux</t>
   </si>
   <si>
     <t>75475</t>
   </si>
   <si>
-    <t>Paris Cedex 10</t>
-[...473 lines deleted...]
-    <t>202124052G</t>
+    <t>Paris</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -1601,1100 +1601,1100 @@
       </c>
       <c r="H19" s="0" t="s">
         <v>20</v>
       </c>
       <c r="I19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="K19" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>16</v>
+        <v>129</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>130</v>
+        <v>29</v>
       </c>
       <c r="G20" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H20" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="H20" s="0" t="s">
+      <c r="I20" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="J20" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="K20" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="L20" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="I20" s="0" t="s">
-[...6 lines deleted...]
-        <v>106</v>
+      <c r="M20" s="0" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D21" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="I21" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J21" s="0" t="s">
         <v>22</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E22" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="F22" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G22" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>138</v>
+        <v>118</v>
       </c>
       <c r="I22" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J22" s="0" t="s">
         <v>22</v>
+      </c>
+      <c r="K22" s="0" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="D23" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E23" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="F23" s="0" t="s">
         <v>146</v>
-      </c>
-[...7 lines deleted...]
-        <v>148</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="I23" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="K23" s="0" t="s">
-        <v>139</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="B24" s="0" t="s">
+      <c r="D24" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E24" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="F24" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="D24" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G24" s="0" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I24" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J24" s="0" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="B25" s="0" t="s">
+      <c r="D25" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="F25" s="0" t="s">
         <v>156</v>
-      </c>
-[...7 lines deleted...]
-        <v>158</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="I25" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J25" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="D26" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="F26" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="D26" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G26" s="0" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>67</v>
+        <v>20</v>
       </c>
       <c r="I26" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J26" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="D27" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F27" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>20</v>
       </c>
       <c r="I27" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J27" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E28" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="F28" s="0" t="s">
         <v>170</v>
-      </c>
-[...10 lines deleted...]
-        <v>168</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>20</v>
+        <v>118</v>
       </c>
       <c r="I28" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J28" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="D29" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E29" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F29" s="0" t="s">
-        <v>177</v>
+        <v>156</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>118</v>
+        <v>61</v>
       </c>
       <c r="I29" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J29" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E30" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="F30" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G30" s="0" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>61</v>
+        <v>118</v>
       </c>
       <c r="I30" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J30" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="E31" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="D31" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="0" t="s">
+      <c r="F31" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G31" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="F31" s="0" t="s">
+      <c r="H31" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="G31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I31" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J31" s="0" t="s">
         <v>22</v>
+      </c>
+      <c r="K31" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="L31" s="0" t="s">
+        <v>187</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>190</v>
+        <v>16</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>191</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>192</v>
+        <v>30</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>193</v>
+        <v>131</v>
       </c>
       <c r="I32" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J32" s="0" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="E33" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F33" s="0" t="s">
-        <v>29</v>
+        <v>179</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>138</v>
+        <v>20</v>
       </c>
       <c r="I33" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J33" s="0" t="s">
         <v>22</v>
+      </c>
+      <c r="K33" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="L33" s="0" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="B34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="E34" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="D34" s="0" t="s">
+      <c r="F34" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="E34" s="0" t="s">
+      <c r="G34" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="I34" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="J34" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="K34" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="L34" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="M34" s="0" t="s">
         <v>203</v>
-      </c>
-[...19 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D35" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E35" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="E35" s="0" t="s">
+      <c r="F35" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="F35" s="0" t="s">
+      <c r="G35" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="G35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="0" t="s">
-        <v>118</v>
+        <v>210</v>
       </c>
       <c r="I35" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J35" s="0" t="s">
         <v>22</v>
-      </c>
-[...7 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>211</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>16</v>
+        <v>214</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>216</v>
+        <v>19</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>217</v>
+        <v>118</v>
       </c>
       <c r="I36" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J36" s="0" t="s">
         <v>22</v>
+      </c>
+      <c r="K36" s="0" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="B37" s="0" t="s">
+      <c r="C37" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="D37" s="0" t="s">
+      <c r="E37" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="E37" s="0" t="s">
+      <c r="F37" s="0" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="I37" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J37" s="0" t="s">
         <v>22</v>
       </c>
       <c r="K37" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="L37" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="M37" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="D38" s="0" t="s">
+      <c r="E38" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="E38" s="0" t="s">
+      <c r="F38" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="F38" s="0" t="s">
+      <c r="G38" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="G38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H38" s="0" t="s">
-        <v>20</v>
+        <v>230</v>
       </c>
       <c r="I38" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J38" s="0" t="s">
         <v>22</v>
       </c>
       <c r="K38" s="0" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="L38" s="0" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>99</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>233</v>
+        <v>16</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>234</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>235</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>236</v>
+        <v>19</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>237</v>
+        <v>20</v>
       </c>
       <c r="I39" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J39" s="0" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="D40" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E40" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="F40" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="D40" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G40" s="0" t="s">
-        <v>19</v>
+        <v>209</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>20</v>
+        <v>210</v>
       </c>
       <c r="I40" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J40" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="B41" s="0" t="s">
+      <c r="D41" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E41" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="C41" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F41" s="0" t="s">
-        <v>247</v>
+        <v>86</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>216</v>
+        <v>19</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="I41" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J41" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E42" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="F42" s="0" t="s">
         <v>249</v>
-      </c>
-[...10 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>20</v>
       </c>
       <c r="I42" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J42" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="D43" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E43" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="F43" s="0" t="s">
         <v>254</v>
-      </c>
-[...7 lines deleted...]
-        <v>256</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>20</v>
       </c>
       <c r="I43" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J43" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="D44" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E44" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="F44" s="0" t="s">
         <v>259</v>
-      </c>
-[...7 lines deleted...]
-        <v>261</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>20</v>
       </c>
       <c r="I44" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J44" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="B45" s="0" t="s">
+      <c r="D45" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E45" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="F45" s="0" t="s">
         <v>264</v>
-      </c>
-[...7 lines deleted...]
-        <v>266</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>20</v>
       </c>
       <c r="I45" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J45" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="B46" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>270</v>
+        <v>16</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>271</v>
+        <v>161</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>20</v>
+        <v>118</v>
       </c>
       <c r="I46" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J46" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>118</v>
       </c>
       <c r="I47" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J47" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>118</v>
       </c>
       <c r="I48" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J48" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="E49" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="B49" s="0" t="s">
+      <c r="F49" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G49" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>118</v>
       </c>
       <c r="I49" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J49" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E50" s="0" t="s">
         <v>283</v>
       </c>
-      <c r="D50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F50" s="0" t="s">
-        <v>286</v>
+        <v>161</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>118</v>
       </c>
       <c r="I50" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J50" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E51" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="F51" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="G51" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="D51" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="0" t="s">
+      <c r="H51" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="F51" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I51" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J51" s="0" t="s">
         <v>22</v>
+      </c>
+      <c r="K51" s="0" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="52"/>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>