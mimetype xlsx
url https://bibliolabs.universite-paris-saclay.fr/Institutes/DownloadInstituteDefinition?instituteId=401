--- v0 (2025-10-29)
+++ v1 (2026-03-24)
@@ -864,129 +864,129 @@
   <si>
     <t>Généthon</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
     <t>Centre d'Imagerie Multimodale</t>
   </si>
   <si>
     <t>MIC</t>
   </si>
   <si>
     <t>UAR 2016</t>
   </si>
   <si>
     <t>202023500L</t>
   </si>
   <si>
     <t>INSTITUT CURIE-Bâtiments 101B-110-111-112, CS90030-rue Henri Becquerel</t>
   </si>
   <si>
     <t xml:space="preserve">91401 </t>
   </si>
   <si>
+    <t>3251</t>
+  </si>
+  <si>
+    <t>Maladies et hormones du système nerveux</t>
+  </si>
+  <si>
+    <t>DHNS</t>
+  </si>
+  <si>
+    <t>U 1195</t>
+  </si>
+  <si>
+    <t>201521292H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hôpital de Bicêtre,  Bâtiment Grégory Pincus,  80 rue du Général Leclerc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">94276 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Le Kremlin-Bicêtre </t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>Signalisation et physiopathologie cardiovasculaire</t>
+  </si>
+  <si>
+    <t>CARPAT</t>
+  </si>
+  <si>
+    <t>U 1180</t>
+  </si>
+  <si>
+    <t>200616436U</t>
+  </si>
+  <si>
+    <t>Batiment Henri Moissan, 17 avenue des Sciences</t>
+  </si>
+  <si>
+    <t>91400</t>
+  </si>
+  <si>
+    <t>3264</t>
+  </si>
+  <si>
+    <t>Center for iPS Therapy</t>
+  </si>
+  <si>
+    <t>Cithera</t>
+  </si>
+  <si>
+    <t>US 45</t>
+  </si>
+  <si>
+    <t>202124115A</t>
+  </si>
+  <si>
+    <t>Genopole Campus 1, 5 rue Henri Auguste-Desbruères</t>
+  </si>
+  <si>
+    <t>91030</t>
+  </si>
+  <si>
     <t>1894</t>
   </si>
   <si>
     <t>Analyse moléculaire, modélisation et imagerie de la maladie cancéreuse</t>
   </si>
   <si>
     <t>AMMICA</t>
   </si>
   <si>
-    <t>UMS 3655</t>
+    <t>UMS 3655, US 23</t>
   </si>
   <si>
     <t>201420837T</t>
-  </si>
-[...64 lines deleted...]
-    <t>91030</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -2339,150 +2339,150 @@
       </c>
       <c r="K37" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L37" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>286</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>287</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>288</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>289</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>290</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>55</v>
+        <v>291</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>136</v>
+        <v>292</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>88</v>
+        <v>293</v>
       </c>
       <c r="I38" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J38" s="0" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>298</v>
+        <v>96</v>
       </c>
       <c r="I39" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J39" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>96</v>
+        <v>180</v>
       </c>
       <c r="I40" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J40" s="0" t="s">
         <v>22</v>
+      </c>
+      <c r="K40" s="0" t="s">
+        <v>114</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>311</v>
+        <v>55</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>312</v>
+        <v>136</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>180</v>
+        <v>88</v>
       </c>
       <c r="I41" s="0" t="s">
         <v>21</v>
       </c>
       <c r="J41" s="0" t="s">
         <v>22</v>
       </c>
       <c r="K41" s="0" t="s">
-        <v>114</v>
+        <v>49</v>
+      </c>
+      <c r="L41" s="0" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="42"/>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>