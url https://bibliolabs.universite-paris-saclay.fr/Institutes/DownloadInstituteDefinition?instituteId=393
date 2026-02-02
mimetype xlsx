--- v0 (2025-10-30)
+++ v1 (2026-02-02)
@@ -159,219 +159,219 @@
   <si>
     <t>199812896F</t>
   </si>
   <si>
     <t>45 bis avenue de la Belle-Gabrielle</t>
   </si>
   <si>
     <t>94130</t>
   </si>
   <si>
     <t>Nogent-sur-Marne</t>
   </si>
   <si>
     <t>CNRS</t>
   </si>
   <si>
     <t>Ecole des Ponts ParisTech</t>
   </si>
   <si>
     <t>Cirad</t>
   </si>
   <si>
     <t>EHESS</t>
   </si>
   <si>
+    <t>1928</t>
+  </si>
+  <si>
+    <t>Génétique Quantitative et Evolution - Le Moulon</t>
+  </si>
+  <si>
+    <t>GQE - Le Moulon</t>
+  </si>
+  <si>
+    <t>UMR 8120</t>
+  </si>
+  <si>
+    <t>198017849T</t>
+  </si>
+  <si>
+    <t>Bât 680, 12 route 128</t>
+  </si>
+  <si>
+    <t>91190</t>
+  </si>
+  <si>
+    <t>Gif-sur-Yvette</t>
+  </si>
+  <si>
+    <t>2137</t>
+  </si>
+  <si>
+    <t>Mathématiques et Informatique Appliquées - Paris-Saclay</t>
+  </si>
+  <si>
+    <t>MIA</t>
+  </si>
+  <si>
+    <t>UMR 0518</t>
+  </si>
+  <si>
+    <t>201119642G</t>
+  </si>
+  <si>
+    <t>22 place de l'Agronomie</t>
+  </si>
+  <si>
+    <t>91120</t>
+  </si>
+  <si>
+    <t>Palaiseau</t>
+  </si>
+  <si>
+    <t>2092</t>
+  </si>
+  <si>
+    <t>UMR Agronomie</t>
+  </si>
+  <si>
+    <t>Agronomie</t>
+  </si>
+  <si>
+    <t>UMR 0211</t>
+  </si>
+  <si>
+    <t>196417851P</t>
+  </si>
+  <si>
+    <t>2008</t>
+  </si>
+  <si>
+    <t>Ecologie fonctionnelle et écotoxicologie des agroécosystèmes</t>
+  </si>
+  <si>
+    <t>Ecosys</t>
+  </si>
+  <si>
+    <t>UMR 1402</t>
+  </si>
+  <si>
+    <t>201521783S</t>
+  </si>
+  <si>
+    <t>2119</t>
+  </si>
+  <si>
+    <t>Modélisation Systémique Appliquée aux Ruminants</t>
+  </si>
+  <si>
+    <t>MoSAR</t>
+  </si>
+  <si>
+    <t>UMR 0791</t>
+  </si>
+  <si>
+    <t>197517805S</t>
+  </si>
+  <si>
+    <t>2136</t>
+  </si>
+  <si>
+    <t>Physiologie de la Nutrition et du Comportement Alimentaire</t>
+  </si>
+  <si>
+    <t>PNCA</t>
+  </si>
+  <si>
+    <t>UMR 0914</t>
+  </si>
+  <si>
+    <t>199017932P</t>
+  </si>
+  <si>
+    <t>2078</t>
+  </si>
+  <si>
+    <t>Sciences pour l'Action et le Développement : Activités, Produits, Territoires</t>
+  </si>
+  <si>
+    <t>SADAPT</t>
+  </si>
+  <si>
+    <t>UMR 1048</t>
+  </si>
+  <si>
+    <t>199617793M</t>
+  </si>
+  <si>
+    <t>3228</t>
+  </si>
+  <si>
+    <t>Paris-Saclay Food and Bioproduct Engineering</t>
+  </si>
+  <si>
+    <t>SayFood</t>
+  </si>
+  <si>
+    <t>UMR 782</t>
+  </si>
+  <si>
+    <t>202023536A</t>
+  </si>
+  <si>
+    <t>3269</t>
+  </si>
+  <si>
+    <t>Paris-Saclay Applied Economics</t>
+  </si>
+  <si>
+    <t>PSAE</t>
+  </si>
+  <si>
+    <t>UMR 0210</t>
+  </si>
+  <si>
+    <t>202224181T</t>
+  </si>
+  <si>
+    <t>INRAE Palaiseau</t>
+  </si>
+  <si>
     <t>1934</t>
   </si>
   <si>
-    <t>Ecologie, Systématique et Evolution</t>
+    <t>Ecologie, Société et Evolution</t>
   </si>
   <si>
     <t>ESE</t>
   </si>
   <si>
     <t>UMR 8079</t>
   </si>
   <si>
     <t>200212739T</t>
-  </si>
-[...154 lines deleted...]
-    <t>INRAE Palaiseau</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -607,351 +607,351 @@
       <c r="C6" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="J6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="K6" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" s="0" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H7" s="0" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="I7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="J7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="K7" s="0" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B8" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="H8" s="0" t="s">
         <v>66</v>
-      </c>
-[...13 lines deleted...]
-        <v>71</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>76</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="J9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>80</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>81</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H10" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>86</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="J11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="K11" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>90</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>91</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="J12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="K12" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>95</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I13" s="0" t="s">
         <v>22</v>
       </c>
       <c r="J13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="K13" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>101</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="I14" s="0" t="s">
         <v>22</v>
       </c>
       <c r="J14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>107</v>
+        <v>56</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="I15" s="0" t="s">
         <v>22</v>
       </c>
       <c r="J15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="0" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16"/>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>